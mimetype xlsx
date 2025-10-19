--- v0 (2025-10-18)
+++ v1 (2025-10-19)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...8 lines deleted...]
-    <t>01/03/2001 00:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
+  </si>
+  <si>
+    <t>These guidelines concern three issues:# 1. Which clinical signs and/or laboratory values should lead to oesophageal and gastroduodenal imaging or endoscopy, and which form of investigation should be used?# 2. What are the upper gastrointestinal indications for diagnosis and follow-up of gastro-oesophageal reflux, ulcers, and portal hypertension without bleeding?# 3. What are the indications for duodenal biopsy?</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272101/fr/indications-a-visee-diagnostique-de-l-endoscopie-digestive-haute-en-pathologie-oeso-gastro-duodenale-de-l-adulte-a-l-exclusion-de-l-echoendoscopie-et-l-enteroscopie</t>
+    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
   </si>
   <si>
     <t>c_272101</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>