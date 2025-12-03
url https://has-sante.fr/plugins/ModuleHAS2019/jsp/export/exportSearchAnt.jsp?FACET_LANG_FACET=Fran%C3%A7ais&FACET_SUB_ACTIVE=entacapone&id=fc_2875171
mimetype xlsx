--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,196 +1,403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="94">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...2 lines deleted...]
-    <t>Irreversible secondary or degenerative parkinsonian syndromes</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 16 - Maladie de Parkinson</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>09/09/2021 00:00:00</t>
   </si>
   <si>
-    <t>09/15/2021 09:09:00</t>
+    <t>15/09/2021 09:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546220/en/irreversible-secondary-or-degenerative-parkinsonian-syndromes</t>
+    <t>https://www.has-sante.fr/jcms/c_546220/fr/ald-n-16-maladie-de-parkinson</t>
   </si>
   <si>
     <t>c_546220</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3330861/en/lecigimon-levodopa/-carbidopa/-entacapone</t>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson : critères diagnostiques et thérapeutiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les critères diagnostiques de la maladie de Parkinson et quels sont les examens complémentaires nécessaires ? Quelles sont les échelles d’évaluation utiles pour le suivi de la maladie de Parkinson ? Quelles stratégies thérapeutiques sont à conseiller à la phase initiale de la maladie de Parkinson ? Quelles thérapeutiques sont à conseiller à la phase évoluée de la maladie (en dehors de la rééducation et de la neurochirurgie) ? Quelles sont la place et les indications de la rééducation et de la réadaptation dans le traitement de la maladie de Parkinson ? Quelle est la place des traitements chirurgicaux ?</t>
+  </si>
+  <si>
+    <t>27/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272069/fr/la-maladie-de-parkinson-criteres-diagnostiques-et-therapeutiques</t>
+  </si>
+  <si>
+    <t>c_272069</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Décembre 2022</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395017/fr/commission-de-la-transparence-reunion-du-14-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3395017</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 09 Novembre 2022</t>
+  </si>
+  <si>
+    <t>07/11/2022 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383193/fr/commission-de-la-transparence-reunion-du-09-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3383193</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 30 mars 2022</t>
+  </si>
+  <si>
+    <t>22/03/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325509/fr/commission-de-la-transparence-reunion-du-30-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3325509</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 19 janvier 2022</t>
+  </si>
+  <si>
+    <t>12/01/2022 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309308/fr/commission-de-la-transparence-reunion-du-19-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3309308</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 janvier 2019</t>
+  </si>
+  <si>
+    <t>03/01/2019 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895658/fr/commission-de-la-transparence-reunion-du-9-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2895658</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LECIGIMON (lévodopa/carbidopa/entacapone)</t>
+  </si>
+  <si>
+    <t>09/01/2023 14:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330861/fr/lecigimon-levodopa/carbidopa/entacapone</t>
   </si>
   <si>
     <t>p_3330861</t>
   </si>
   <si>
     <t>lévodopa,carbidopa,entacapone</t>
   </si>
   <si>
     <t>EG LABO - LABORATOIRES EUROGENERIC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3330854/en/lecigimon-levodopa/-carbidopa/-entacapone-maladie-de-parkinson-a-un-stade-avance</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3402036/en/lecigimon-levodopa-/-carbidopa-/-entacapone-maladie-de-parkinson</t>
+    <t>https://www.has-sante.fr/jcms/p_3330854/fr/lecigimon-levodopa/-carbidopa/-entacapone-maladie-de-parkinson-a-un-stade-avance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402036/fr/lecigimon-levodopa-/-carbidopa-/-entacapone-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>COMTAN (entacapone)</t>
+  </si>
+  <si>
+    <t>10/07/2020 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983617/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>pprd_2983617</t>
+  </si>
+  <si>
+    <t>entacapone</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399264/fr/comtan-200mg-comprime-pellicule-boites-de-60-et-de-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468598/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281291/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769257/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193437/fr/comtan-entacapone</t>
+  </si>
+  <si>
+    <t>STALEVO (carbidopa/ lévodopa/ entacapone)</t>
+  </si>
+  <si>
+    <t>24/08/2015 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984439/fr/stalevo-carbidopa/-levodopa/-entacapone</t>
+  </si>
+  <si>
+    <t>pprd_2984439</t>
+  </si>
+  <si>
+    <t>carbidopa,lévodopa,entacapone</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399946/fr/stalevo-50mg/12-5mg/200mg-comprime-pellicule-stalevo-100mg/25mg/200mg-comprime-pellicule-stalevo-150mg/37-5mg/200mg-comprime-pellicule-flacon-de-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281702/fr/stalevo-carbidopa/-levodopa/-entacapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053371/fr/stalevo-carbidopa/-levodopa/-entacapone</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -204,130 +411,593 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" t="s">
+        <v>55</v>
+      </c>
+      <c r="I7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>56</v>
+      </c>
+      <c r="J1" t="s">
+        <v>57</v>
+      </c>
+      <c r="K1" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+      <c r="I2" t="s">
+        <v>64</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J3" t="s">
+        <v>73</v>
+      </c>
+      <c r="K3" t="s">
+        <v>74</v>
+      </c>
+      <c r="L3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M3" t="s">
+        <v>76</v>
+      </c>
+      <c r="N3" t="s">
+        <v>77</v>
+      </c>
+      <c r="O3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>80</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>81</v>
+      </c>
+      <c r="H4" t="s">
+        <v>82</v>
+      </c>
+      <c r="I4" t="s">
+        <v>83</v>
+      </c>
+      <c r="J4" t="s">
+        <v>84</v>
+      </c>
+      <c r="K4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L4" t="s">
+        <v>86</v>
+      </c>
+      <c r="M4" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>92</v>
+      </c>
+      <c r="H2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>