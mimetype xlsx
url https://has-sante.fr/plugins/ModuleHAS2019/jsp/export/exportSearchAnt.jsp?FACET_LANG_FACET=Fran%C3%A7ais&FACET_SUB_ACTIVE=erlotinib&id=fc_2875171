--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,203 +1,476 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="118">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>04/07/2014 15:40:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Test compagnon associé à une thérapie ciblée : définitions et méthode d’évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Définition des conditions de réalisation des tests de détection des mutations activatrices de l’EGFR et des mutations BRAF, NRAS, et KRAS</t>
+  </si>
+  <si>
+    <t>L'évaluation de la HAS vise à préciser la population cible et les conditions de réalisation des quatre tests de détection des mutations activatrices du gène codant pour le domaine tyrosine kinase du récepteur EGFR (EGFR-TK) et des mutations des gènes BRAF, NRAS, et KRAS, en vue de permettre leur hiérarchisation et la mise en œuvre de la procédure de leur inscription sur la liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>09/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194755/fr/definition-des-conditions-de-realisation-des-tests-de-detection-des-mutations-activatrices-de-l-egfr-et-des-mutations-braf-nras-et-kras</t>
+  </si>
+  <si>
+    <t>p_3194755</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mars 2020</t>
+  </si>
+  <si>
+    <t>06/03/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161371/fr/commission-de-la-transparence-reunion-du-11-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3161371</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2018</t>
+  </si>
+  <si>
+    <t>10/10/2018 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877030/fr/commission-de-la-transparence-reunion-du-17-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2877030</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 9 octobre 2018</t>
+  </si>
+  <si>
+    <t>04/10/2018 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875977/fr/ceesp-reunion-du-9-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2875977</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 janvier 2017</t>
+  </si>
+  <si>
+    <t>18/01/2017 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740415/fr/commission-de-la-transparence-reunion-du-25-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2740415</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mai 2012</t>
+  </si>
+  <si>
+    <t>23/05/2012 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1249262/fr/commission-de-la-transparence-reunion-du-23-mai-2012</t>
+  </si>
+  <si>
+    <t>c_1249262</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2011</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060912/fr/commission-de-la-transparence-reunion-du-8-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1060912</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2008</t>
+  </si>
+  <si>
+    <t>19/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_638993/fr/commission-de-la-transparence-reunion-du-19-mars-2008</t>
+  </si>
+  <si>
+    <t>c_638993</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2007</t>
+  </si>
+  <si>
+    <t>31/07/2007 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_610077/fr/commission-de-la-transparence-reunion-du-5-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_610077</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>26/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2877192</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique"</t>
+  </si>
+  <si>
+    <t>16/03/2016 16:52:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751763/fr/avis-n-2016-0027/ac/seesp-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751763</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TARCEVA (erlotinib)</t>
   </si>
   <si>
-    <t>02/22/2019 11:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982947/en/tarceva-erlotinib</t>
+    <t>22/02/2019 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982947/fr/tarceva-erlotinib</t>
   </si>
   <si>
     <t>pprd_2982947</t>
   </si>
   <si>
     <t>erlotinib</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400947/en/tarceva</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2892930/en/tarceva-erlotinib-tyrosine-kinase-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/c_400947/fr/tarceva-erlotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657256/fr/tarceva-erlotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070973/fr/tarceva-erlotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260373/fr/tarceva-erlotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559915/fr/tarceva-erlotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892930/fr/tarceva-erlotinib-inhibiteur-de-tyrosine-kinase</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -224,134 +497,812 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+      <c r="I3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+      <c r="I4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>59</v>
+      </c>
+      <c r="H5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H7" t="s">
+        <v>68</v>
+      </c>
+      <c r="I7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8" t="s">
+        <v>72</v>
+      </c>
+      <c r="I8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9" t="s">
+        <v>76</v>
+      </c>
+      <c r="I9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>79</v>
+      </c>
+      <c r="H10" t="s">
+        <v>80</v>
+      </c>
+      <c r="I10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>82</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>83</v>
+      </c>
+      <c r="H11" t="s">
+        <v>84</v>
+      </c>
+      <c r="I11" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>86</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>87</v>
+      </c>
+      <c r="H12" t="s">
+        <v>88</v>
+      </c>
+      <c r="I12" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D3" t="s">
+        <v>98</v>
+      </c>
+      <c r="E3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>102</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>105</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>106</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>110</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>111</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>116</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>