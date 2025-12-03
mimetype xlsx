--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,214 +1,427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="102">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Bulimia nervosa and binge eating disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3211966/en/transcranial-magnetic-stimulation-rtms-in-the-treatment-of-adult-treatment-resistant-depression</t>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Stimulation magnétique transcrânienne dans le traitement de la dépression de l’adulte</t>
+  </si>
+  <si>
+    <t>Saisie par la CNAM, la HAS a évalué la balance bénéfice-risque de l’adjonction de la stimulation magnétique transcrânienne dans le traitement de la dépression résistante de l’adulte. La stimulation magnétique transcrânienne est un acte thérapeutique non invasif de neurostimulation cérébrale qui peut être utilisée dans le traitement de la dépression unipolaire et pharmacorésistante de l’adulte en complément des médicaments antidépresseurs et de la psychothérapie.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211966/fr/stimulation-magnetique-transcranienne-dans-le-traitement-de-la-depression-de-l-adulte</t>
   </si>
   <si>
     <t>p_3211966</t>
+  </si>
+  <si>
+    <t>Traitement de la dépression : quelle place pour la tianeptine (Stablon®) ?</t>
+  </si>
+  <si>
+    <t>Les antidépresseurs sont à réserver aux seules dépressions caractérisées d’intensité modérée à sévère ; ils doivent toujours être associés à une prise en charge globale et à une psychothérapie.</t>
+  </si>
+  <si>
+    <t>20/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1637734/fr/traitement-de-la-depression-quelle-place-pour-la-tianeptine-stablon</t>
+  </si>
+  <si>
+    <t>c_1637734</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 15 décembre 2021</t>
+  </si>
+  <si>
+    <t>08/12/2021 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303778/fr/commission-de-la-transparence-reunion-a-distance-du-15-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3303778</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 décembre 2021</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302848/fr/commission-de-la-transparence-reunion-a-distance-du-8-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302848</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 mai 2013</t>
+  </si>
+  <si>
+    <t>29/05/2013 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1581868/fr/commission-de-la-transparence-reunion-du-29-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1581868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -276,67 +489,554 @@
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
       </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>75</v>
+      </c>
+      <c r="H3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H2" t="s">
+        <v>82</v>
+      </c>
+      <c r="I2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H3" t="s">
+        <v>87</v>
+      </c>
+      <c r="I3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>78</v>
+      </c>
+      <c r="B4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" t="s">
+        <v>91</v>
+      </c>
+      <c r="I4" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>78</v>
+      </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>95</v>
+      </c>
+      <c r="I5" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>99</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>100</v>
+      </c>
+      <c r="H2" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>