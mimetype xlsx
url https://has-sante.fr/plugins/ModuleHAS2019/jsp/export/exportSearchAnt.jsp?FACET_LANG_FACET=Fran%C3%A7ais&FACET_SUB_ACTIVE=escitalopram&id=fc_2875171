--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -4,111 +4,177 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="112">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
@@ -177,86 +243,50 @@
     <t>08/03/2012 16:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
     <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
   </si>
   <si>
     <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/03/2010 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
   </si>
   <si>
     <t>c_930913</t>
-  </si>
-[...34 lines deleted...]
-    <t>p_3290161</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Stimulation magnétique transcrânienne dans le traitement de la dépression de l’adulte</t>
   </si>
   <si>
     <t>Saisie par la CNAM, la HAS a évalué la balance bénéfice-risque de l’adjonction de la stimulation magnétique transcrânienne dans le traitement de la dépression résistante de l’adulte. La stimulation magnétique transcrânienne est un acte thérapeutique non invasif de neurostimulation cérébrale qui peut être utilisée dans le traitement de la dépression unipolaire et pharmacorésistante de l’adulte en complément des médicaments antidépresseurs et de la psychothérapie.</t>
   </si>
   <si>
     <t>21/07/2022 00:00:00</t>
   </si>
   <si>
     <t>25/07/2022 17:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3211966/fr/stimulation-magnetique-transcranienne-dans-le-traitement-de-la-depression-de-l-adulte</t>
   </si>
   <si>
     <t>p_3211966</t>
   </si>
   <si>
     <t>Traitement de la dépression : quelle place pour la tianeptine (Stablon®) ?</t>
   </si>
@@ -377,666 +407,718 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>30</v>
-      </c>
-[...88 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" t="s">
+        <v>40</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
         <v>52</v>
       </c>
-      <c r="B3" t="s">
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
         <v>59</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>60</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H6" t="s">
         <v>61</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
         <v>62</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C7" t="s">
         <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="C2" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D2" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E2" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="H2" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="B3" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="C3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="D3" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="H3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="I2" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="H3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="I3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B4" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="H4" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="I4" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B5" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I5" t="s">
         <v>93</v>
-      </c>
-[...10 lines deleted...]
-        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="B2" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="C2" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="H2" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>