--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="106">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -207,68 +207,50 @@
     <t>26/03/2018 05:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
   </si>
   <si>
     <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
   </si>
   <si>
     <t>04/10/2017 00:00:00</t>
   </si>
   <si>
     <t>08/11/2017 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
   </si>
   <si>
     <t>c_1739917</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
   </si>
   <si>
     <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/03/2010 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
   </si>
   <si>
     <t>c_930913</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Stimulation magnétique transcrânienne dans le traitement de la dépression de l’adulte</t>
   </si>
@@ -551,51 +533,51 @@
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -737,388 +719,362 @@
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>63</v>
       </c>
       <c r="D7" t="s">
         <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>65</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
-      </c>
-[...24 lines deleted...]
-        <v>73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
         <v>74</v>
-      </c>
-[...19 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="B3" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C3" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="D3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="E3" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="H2" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="I2" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B3" t="s">
         <v>88</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="H3" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="I3" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B4" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="H4" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="I4" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B5" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="H5" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="I5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="B2" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="C2" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="H2" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>