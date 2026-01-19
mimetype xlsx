--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,196 +1,214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/29/2015 05:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Arrêt des benzodiazépines et médicaments apparentés : démarche du médecin traitant en ambulatoire</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo concerne la démarche du médecin traitant lors de l’arrêt des benzodiazépines (BZD) et médicaments apparentés en ambulatoire. Elle a pour objectif d’aider à réduire les prescriptions au long cours de BZD dans l'anxiété et l'insomnie, du fait d'un rapport bénéfice/risque défavorable. Au-delà de 28 jours, l’efficacité est incertaine, les risques d’effets délétères augmentent (somnolence diurne, troubles de la mémoire, démence, chutes, accidents, etc.) ainsi que celui de dépendance. Elle est dans la continuité des travaux déjà engagés par la HAS depuis 2012 en partenariat avec la DGS (Direction générale de la santé) et l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) pour lutter contre la surconsommation et le mésusage des BZD.</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 05:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+    <t>https://www.has-sante.fr/jcms/c_2038262/fr/arret-des-benzodiazepines-et-medicaments-apparentes-demarche-du-medecin-traitant-en-ambulatoire</t>
   </si>
   <si>
     <t>c_2038262</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>NUCTALON (estazolam)</t>
   </si>
   <si>
-    <t>08/06/2014 16:42:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984720/en/nuctalon-estazolam</t>
+    <t>06/08/2014 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984720/fr/nuctalon-estazolam</t>
   </si>
   <si>
     <t>pprd_2984720</t>
   </si>
   <si>
     <t>estazolam</t>
   </si>
   <si>
     <t>TAKEDA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_486480/en/nuctalon-estazolam</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1758678/en/nuctalon</t>
+    <t>https://www.has-sante.fr/jcms/c_486480/fr/nuctalon-estazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758678/fr/nuctalon-estazolam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -202,132 +220,158 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>