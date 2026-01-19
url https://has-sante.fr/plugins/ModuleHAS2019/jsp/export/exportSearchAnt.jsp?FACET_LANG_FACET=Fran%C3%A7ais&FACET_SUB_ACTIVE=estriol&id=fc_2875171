--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,203 +1,473 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2004 17:51:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Les performances des tests de dépistage de la trisomie 21 fœtale par analyse de l’ADN libre circulant</t>
+  </si>
+  <si>
+    <t>De nouveaux tests de dépistage de la trisomie 21, fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal du chromosome 21 au sein de l’ADN libre circulant dans le sang maternel, pourraient modifier la stratégie actuelle. Dans l’objectif de définir la place de ces tests dans la stratégie et dans l’attente des résultats de l’étude en cours -Safe21- la HAS publie une évaluation technique de leurs performances (volet 1).</t>
+  </si>
+  <si>
+    <t>30/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 09:59:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
+    <t>https://www.has-sante.fr/jcms/c_2572426/fr/les-performances-des-tests-de-depistage-de-la-trisomie-21-foetale-par-analyse-de-l-adn-libre-circulant</t>
+  </si>
+  <si>
+    <t>c_2572426</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la femme en période de péri-ménopause/ménopause en soins de premier recours – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs sont les suivants : Améliorer l’information des femmes et des professionnels de santé de premier recours : Pour une meilleure connaissance des symptômes évocateurs de la périménopause et des possibilités d’accompagnement et d’une prise en charge thérapeutique personnalisée Pour une meilleure évaluation des besoins (variables d’une femme à une autre) et prise en considération de l’impact possible sur la vie quotidienne, sur la santé (bouffées vaso-motrices, ostéoporose, syndrome génito-urinaire, troubles cognitifs …) Améliorer la prise en charge des femmes par les professionnels de santé : accompagnement, accès aux traitements en fonction des besoins exprimés Mettre à disposition des professionnels de santé et des femmes des outils pour aborder régulièrement cette question aux âges de la péri-ménopause/ménopause Préciser les conditions pour lesquelles un recours à un médecin spécialiste de 2ème ou 3ème recours doit être envisagé</t>
+  </si>
+  <si>
+    <t>06/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 12:14:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737819/fr/prise-en-charge-de-la-femme-en-periode-de-peri-menopause/menopause-en-soins-de-premier-recours-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737819</t>
+  </si>
+  <si>
+    <t>Les traitements hormonaux substitutifs de la ménopause</t>
+  </si>
+  <si>
+    <t>L'objectif de l'audition publique est l'élaboration de recommandations sur : Les traitements hormonaux substitutifs de la ménopause Les modalités de surveillance et d’information des femmes qui envisagent de prendre, prennent ou ont pris un traitements hormonaux substitutifs.</t>
+  </si>
+  <si>
+    <t>11/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Lemli-Opitz</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne atteinte du SLOS. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/01/2025 08:56:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585083/fr/syndrome-de-smith-lemli-opitz</t>
+  </si>
+  <si>
+    <t>p_3585083</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Insensibilités aux androgènes</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de proposer aux professionnels concernés la prise en charge diagnostique et thérapeutique et le parcours de soins optimaux actuels pour les patients atteints d’insensibilité aux androgènes partielle (IPA) ou complète (ICA).</t>
+  </si>
+  <si>
+    <t>10/01/2018 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818977/fr/insensibilites-aux-androgenes</t>
+  </si>
+  <si>
+    <t>c_2818977</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 septembre 2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685842/fr/commission-de-la-transparence-reunion-du-24-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3685842</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2025</t>
+  </si>
+  <si>
+    <t>18/06/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610301/fr/commission-de-la-transparence-reunion-du-25-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610301</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PHYSIOGINE (estriol)</t>
   </si>
   <si>
-    <t>10/14/2025 15:11:52</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984633/en/physiogine-estriol</t>
+    <t>14/10/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984633/fr/physiogine-estriol</t>
   </si>
   <si>
     <t>pprd_2984633</t>
   </si>
   <si>
     <t>estriol</t>
   </si>
   <si>
     <t>ASPEN FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517660/en/physiogine-estriol</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+    <t>https://www.has-sante.fr/jcms/c_517660/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753162/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000743/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399510/fr/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456145/fr/physiogine-estriol-affections-vulvo-vaginales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>TROPHICREME (estriol)</t>
+  </si>
+  <si>
+    <t>20/07/2020 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983022/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>pprd_2983022</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_733378/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725329/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884949/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194969/fr/trophicreme-estriol</t>
+  </si>
+  <si>
+    <t>TROPHIGIL (estriol/ lactobacillus casei/ progestérone)</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982741/fr/trophigil-estriol/-lactobacillus-casei/-progesterone</t>
+  </si>
+  <si>
+    <t>pprd_2982741</t>
+  </si>
+  <si>
+    <t>estriol,lactobacillus casei,progestérone</t>
+  </si>
+  <si>
+    <t>BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739765/fr/trophigil-estriol/-lactobacillus-casei/-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625117/fr/trophigil-estriol/-lactobacillus-casei/-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971098/fr/trophigil-estriol/-lactobacillus-casei/-progesterone</t>
+  </si>
+  <si>
+    <t>FLORGYNAL (lactobacillus casei/ estriol/ progestérone)</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984138/fr/florgynal-lactobacillus-casei/-estriol/-progesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984138</t>
+  </si>
+  <si>
+    <t>lactobacillus casei,estriol,progestérone</t>
+  </si>
+  <si>
+    <t>IPRAD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854119/fr/florgynal-lactobacillus-casei/-estriol/-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625980/fr/florgynal-lactobacillus-casei/-estriol/-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400161/fr/florgynal-gelule-vaginale-lactobacillus-casei/-estriol/-progesterone</t>
+  </si>
+  <si>
+    <t>GYDRELLE (estriol)</t>
+  </si>
+  <si>
+    <t>07/07/2015 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984491/fr/gydrelle-estriol</t>
+  </si>
+  <si>
+    <t>pprd_2984491</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400787/fr/gydrelle-0-1-creme-vaginale-1-tube-de-30-g-cip-341-259-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954796/fr/gydrelle-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041949/fr/gydrelle-estriol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -224,134 +494,696 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
         <v>19</v>
       </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+      <c r="I3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+      <c r="I4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>69</v>
+      </c>
+      <c r="J1" t="s">
+        <v>70</v>
+      </c>
+      <c r="K1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+      <c r="I2" t="s">
+        <v>77</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I3" t="s">
+        <v>77</v>
+      </c>
+      <c r="J3" t="s">
+        <v>89</v>
+      </c>
+      <c r="K3" t="s">
+        <v>90</v>
+      </c>
+      <c r="L3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M3" t="s">
+        <v>92</v>
+      </c>
+      <c r="N3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H4" t="s">
+        <v>97</v>
+      </c>
+      <c r="I4" t="s">
+        <v>98</v>
+      </c>
+      <c r="J4" t="s">
+        <v>99</v>
+      </c>
+      <c r="K4" t="s">
+        <v>100</v>
+      </c>
+      <c r="L4" t="s">
+        <v>101</v>
+      </c>
+      <c r="M4" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B5" t="s">
+        <v>103</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>104</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>105</v>
+      </c>
+      <c r="H5" t="s">
+        <v>106</v>
+      </c>
+      <c r="I5" t="s">
+        <v>107</v>
+      </c>
+      <c r="J5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K5" t="s">
+        <v>109</v>
+      </c>
+      <c r="L5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B6" t="s">
+        <v>112</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>113</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>114</v>
+      </c>
+      <c r="H6" t="s">
+        <v>115</v>
+      </c>
+      <c r="I6" t="s">
+        <v>77</v>
+      </c>
+      <c r="J6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K6" t="s">
+        <v>116</v>
+      </c>
+      <c r="L6" t="s">
+        <v>117</v>
+      </c>
+      <c r="M6" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>