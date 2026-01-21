--- v0 (2025-10-21)
+++ v1 (2026-01-21)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>