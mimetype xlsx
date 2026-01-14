--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2000 00:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>