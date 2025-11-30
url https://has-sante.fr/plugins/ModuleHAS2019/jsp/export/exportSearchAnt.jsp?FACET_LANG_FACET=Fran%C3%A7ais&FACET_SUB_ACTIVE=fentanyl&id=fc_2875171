--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,3370 +1,743 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="623" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>EPISIL</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/01/2019 00:00:00</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...272 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Techniques d’anesthésie des actes chirurgicaux portant sur le cristallin</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3067004/fr/techniques-d-anesthesie-des-actes-chirurgicaux-portant-sur-le-cristallin</t>
+    <t>Anaesthesia techniques for lens surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The French Association of Health Insurance Funds (L’Union nationale des caisses d’assurance maladie - UNCAM) has asked the HAS to deliver an opinion on the state-of-the-art of anaesthesia practices for all types of cataract surgery. In view of the general context of this assessment, two main questions were selected: question no. 1: define the indications and the non-indications of each of the anaesthesia techniques for cataract surgery; question no. 2: determine the practice requirements and the environment necessary for anaesthetic management of cataract</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2020 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067004/en/anaesthesia-techniques-for-lens-surgery-inahta-brief</t>
   </si>
   <si>
     <t>p_3067004</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Les médicaments des accès douloureux paroxystiques du cancer</t>
-[...236 lines deleted...]
-    <t>pprd_2983733</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ACTIQ - EFFENTORA (fentanyl)</t>
+  </si>
+  <si>
+    <t>10/02/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984396/en/actiq-effentora-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2984396</t>
   </si>
   <si>
     <t>fentanyl</t>
   </si>
   <si>
-    <t>JANSSEN-CILAG</t>
-[...31 lines deleted...]
-  <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399604/fr/actiq-fentanyl</t>
-[...161 lines deleted...]
-    <t>c_2582471</t>
+    <t>https://www.has-sante.fr/jcms/c_399604/en/actiq-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399953/en/actiq-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773272/en/actiq-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559142/en/actiq-effentora-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854097/en/effentora</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="I2" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="J2" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P7"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>280</v>
+        <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>281</v>
+        <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E2" t="s">
-        <v>282</v>
+        <v>42</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>283</v>
+        <v>43</v>
       </c>
       <c r="H2" t="s">
-        <v>284</v>
-[...8 lines deleted...]
-        <v>287</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>280</v>
+        <v>38</v>
       </c>
       <c r="B3" t="s">
-        <v>288</v>
+        <v>45</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="E3" t="s">
-        <v>289</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>290</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>291</v>
-[...23 lines deleted...]
-        <v>299</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>280</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>300</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="E4" t="s">
-        <v>301</v>
+        <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>302</v>
+        <v>55</v>
       </c>
       <c r="H4" t="s">
-        <v>303</v>
-[...20 lines deleted...]
-        <v>309</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>280</v>
+        <v>38</v>
       </c>
       <c r="B5" t="s">
-        <v>310</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E5" t="s">
-        <v>311</v>
+        <v>60</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>312</v>
+        <v>61</v>
       </c>
       <c r="H5" t="s">
-        <v>313</v>
-[...81 lines deleted...]
-        <v>328</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>63</v>
+      </c>
+      <c r="J1" t="s">
+        <v>64</v>
+      </c>
+      <c r="K1" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>329</v>
+        <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>330</v>
+        <v>67</v>
       </c>
       <c r="C2" t="s">
-        <v>331</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>332</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>333</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>334</v>
-[...129 lines deleted...]
-        <v>359</v>
+        <v>70</v>
+      </c>
+      <c r="I2" t="s">
+        <v>71</v>
+      </c>
+      <c r="J2" t="s">
+        <v>72</v>
+      </c>
+      <c r="K2" t="s">
+        <v>73</v>
+      </c>
+      <c r="L2" t="s">
+        <v>74</v>
+      </c>
+      <c r="M2" t="s">
+        <v>75</v>
+      </c>
+      <c r="N2" t="s">
+        <v>76</v>
+      </c>
+      <c r="O2" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...1603 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>