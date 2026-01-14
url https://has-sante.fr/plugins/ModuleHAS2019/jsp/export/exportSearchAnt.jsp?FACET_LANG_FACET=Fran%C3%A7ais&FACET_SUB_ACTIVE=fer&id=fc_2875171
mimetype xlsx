--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,797 +1,4541 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation en santé " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Guide usagers" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
+    <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="343" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2455" uniqueCount="1466">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>04/01/2004 14:09:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de recherche documentaire</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit le processus d’identification de la littérature par le service documentation et veille de la HAS dans le cadre de l’élaboration des publications de l'institution. Ce document a également pour objectif de partager la méthode de recherche documentaire de la HAS.</t>
+  </si>
+  <si>
+    <t>27/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:04:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+    <t>https://www.has-sante.fr/jcms/p_3447546/fr/guide-methodologique-de-recherche-documentaire</t>
+  </si>
+  <si>
+    <t>p_3447546</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>DEKAS AQUA-E LIQUIDE</t>
+  </si>
+  <si>
+    <t>22/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635503/fr/dekas-aqua-e-liquide</t>
+  </si>
+  <si>
+    <t>p_3635503</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>ALVEOLUS BIOMEDICAL (Pays-Bas)</t>
+  </si>
+  <si>
+    <t>DEKAS ESSENTIAL</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601848/fr/dekas-essential</t>
+  </si>
+  <si>
+    <t>p_3601848</t>
+  </si>
+  <si>
+    <t>DEKAS PLUS</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601860/fr/dekas-plus</t>
+  </si>
+  <si>
+    <t>p_3601860</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins  médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>ALVEOLUS BIOMEDICAL BV</t>
+  </si>
+  <si>
+    <t>CELLULAR MATRIX A-CP-HA KIT</t>
+  </si>
+  <si>
+    <t>22/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2025 15:55:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552742/fr/cellular-matrix-a-cp-ha-kit</t>
+  </si>
+  <si>
+    <t>p_3552742</t>
+  </si>
+  <si>
+    <t>Kit de préparation de plasma riche en plaquettes autologue associé à un acide hyaluronique non réticulé pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>REGEN LAB (France)</t>
+  </si>
+  <si>
+    <t>IMPLICITY (IM009)</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2024 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545270/fr/implicity-im009</t>
+  </si>
+  <si>
+    <t>p_3545270</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de prothèse cardiaque implantable à visée thérapeutique</t>
+  </si>
+  <si>
+    <t>IMPLICITY</t>
+  </si>
+  <si>
+    <t>ZENITH ALPHA &amp; ZENITH ALPHA SPIRAL-Z</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2023 09:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410985/fr/zenith-alpha-zenith-alpha-spiral-z</t>
+  </si>
+  <si>
+    <t>p_3410985</t>
+  </si>
+  <si>
+    <t>endoprothèse aortique abdominale &amp; jambage iliaque (endoprothèse aortique abdominale)</t>
+  </si>
+  <si>
+    <t>COOK FRANCE</t>
+  </si>
+  <si>
+    <t>Prévention ou traitement d’une carence de l'ensemble des vitamines et des oligo-éléments chez les patients atteints de mucoviscidose avec une fonction pancréatique exocrine anormale et/ou un déficit en vitamines et oligo-éléments. DEKAS PLUS capsules molles et DEKAS PLUS comprimés à croquer sont destinés aux adultes et enfants de plus de 4 ans ; DEKAS PLUS liquide est destiné aux patients ne pouvant pas utiliser de formes solides ; principalement les nourrissons et enfants de moins de 4 ans.</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2021 16:49:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295110/fr/dekas-plus</t>
+  </si>
+  <si>
+    <t>p_3295110</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>DEKAS PLUS ESSENTIAL</t>
+  </si>
+  <si>
+    <t>Prévention ou traitement d’une carence de l'ensemble des vitamines liposolubles (D, E, K et A) chez les adultes et enfants de plus de 4 ans atteints de mucoviscidose avec une fonction pancréatique exocrine anormale et/ou un déficit en vitamines et oligo-éléments.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295115/fr/dekas-plus-essential</t>
+  </si>
+  <si>
+    <t>p_3295115</t>
+  </si>
+  <si>
+    <t>TREO</t>
+  </si>
+  <si>
+    <t>Traitement d’un anévrisme de l’aorte abdominale sous-rénale asymptomatique devant être envisagé lorsque le plus grand diamètre est supérieur à 5,5 cm chez l’homme et 5 cm chez la femme ou si le diamètre augmente de 1 cm en 1 an (pour un anévrisme dont le diamètre est supérieur à 4 cm). Un AAA symptomatique est traité quelle que soit sa taille. Les critères anatomiques fondamentaux pour que le traitement endovasculaire soit un succès sont les suivants : Zones d’ancrage sans thrombus circonférentiel ni calcifications majeures. Collet proximal à bords parallèles supérieur à 15 mm si l’angle du collet proximal est inférieur à 40°ou supérieur à 20 mm si l’angle est compris entre 40°et 60°. Le diamètre du collet proximal, l’état du collet distal (points d’ancrage iliaque), les accès ilio-fémoraux doivent être compatibles avec le système de pose et l’endoprothèse utilisé. Le choix du traitement (chirurgie ouverte, traitement endovasculaire avec pose d’une endoprothèse ou surveillance) doit être réalisé conformément à la place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>21/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 11:00:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289982/fr/treo</t>
+  </si>
+  <si>
+    <t>p_3289982</t>
+  </si>
+  <si>
+    <t>Endoprothèse aortique abdominale</t>
+  </si>
+  <si>
+    <t>VASCUTEK France</t>
+  </si>
+  <si>
+    <t>ANACONDA</t>
+  </si>
+  <si>
+    <t>21/06/2021 09:50:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261772/fr/anaconda</t>
+  </si>
+  <si>
+    <t>p_3261772</t>
+  </si>
+  <si>
+    <t>VASCUTEK FRANCE</t>
+  </si>
+  <si>
+    <t>SMARTDRIVE MX2+</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2019 15:21:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906431/fr/smartdrive-mx2</t>
+  </si>
+  <si>
+    <t>c_2906431</t>
+  </si>
+  <si>
+    <t>Dispositif de propulsion électrique et d’assistance électrique à la propulsion pour fauteuil roulant manuel</t>
+  </si>
+  <si>
+    <t>SAS PERMOBIL FRANCE</t>
+  </si>
+  <si>
+    <t>NUTRAMIGEN PURAMINO JUNIOR</t>
+  </si>
+  <si>
+    <t>29/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2019 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902888/fr/nutramigen-puramino-junior</t>
+  </si>
+  <si>
+    <t>c_2902888</t>
+  </si>
+  <si>
+    <t>aliment diététique destiné à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>MEAD JOHNSON NUTRITION</t>
+  </si>
+  <si>
+    <t>SURGISIS AFP - CNEDiMTS du 27 octobre 2009 (2256)</t>
+  </si>
+  <si>
+    <t>Bouchon d’obturation pour fistule anale Colo-proctologie - Nouveau dispositif Avis défavorable au remboursement dans le traitement des fistules anales complexes</t>
+  </si>
+  <si>
+    <t>27/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874885/fr/surgisis-afp-cnedimts-du-27-octobre-2009-2256</t>
+  </si>
+  <si>
+    <t>c_874885</t>
+  </si>
+  <si>
+    <t>COOK France</t>
+  </si>
+  <si>
+    <t>SAGB - 09 novembre 2010 (2462) avis</t>
+  </si>
+  <si>
+    <t>09/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2010 10:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996537/fr/sagb-09-novembre-2010-2462-avis</t>
+  </si>
+  <si>
+    <t>c_996537</t>
+  </si>
+  <si>
+    <t>ETHICON ENDO-SURGERY France</t>
+  </si>
+  <si>
+    <t>LAP-BAND - 12 octobre 2010 (2576) avis</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/11/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995563/fr/lap-band-12-octobre-2010-2576-avis</t>
+  </si>
+  <si>
+    <t>c_995563</t>
+  </si>
+  <si>
+    <t>ALLERGAN France</t>
+  </si>
+  <si>
+    <t>BIORING - 12 octobre 2010 (2723) avis</t>
+  </si>
+  <si>
+    <t>28/10/2010 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995314/fr/bioring-12-octobre-2010-2723-avis</t>
+  </si>
+  <si>
+    <t>c_995314</t>
+  </si>
+  <si>
+    <t>COUSIN BIOTECH SAS France</t>
+  </si>
+  <si>
+    <t>MIDBAND- 12 octobre 2010 (2717) avis</t>
+  </si>
+  <si>
+    <t>22/10/2010 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994070/fr/midband-12-octobre-2010-2717-avis</t>
+  </si>
+  <si>
+    <t>c_994070</t>
+  </si>
+  <si>
+    <t>MEDICAL INNOVATION DEVELOPPEMENT France</t>
+  </si>
+  <si>
+    <t>HELIOGAST - 12 octobre 2010 (2714) avis</t>
+  </si>
+  <si>
+    <t>21/10/2010 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993145/fr/heliogast-12-octobre-2010-2714-avis</t>
+  </si>
+  <si>
+    <t>c_993145</t>
+  </si>
+  <si>
+    <t>HELIOSCOPIE France</t>
+  </si>
+  <si>
+    <t>MODULEN IBD - CNEDiMTS du 08 décembre 2009 (2236)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition orale et entérale Nutrition - Renouvellement d’inscription Progrès mineur chez l’enfant atteint de maladie de Crohn par rapport à la corticothérapie. Pas d’intérêt spécifique chez l’adulte.</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896360/fr/modulen-ibd-cnedimts-du-08-decembre-2009-2236</t>
+  </si>
+  <si>
+    <t>c_896360</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>PRORING BAND</t>
+  </si>
+  <si>
+    <t>28/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2006 13:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479119/fr/proring-band</t>
+  </si>
+  <si>
+    <t>c_479119</t>
+  </si>
+  <si>
+    <t>SURGICAL IOC</t>
+  </si>
+  <si>
+    <t>SILIBAND</t>
+  </si>
+  <si>
+    <t>28/06/2006 13:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479136/fr/siliband</t>
+  </si>
+  <si>
+    <t>c_479136</t>
+  </si>
+  <si>
+    <t>SAGB (anneau gastrique ajustable suédois)</t>
+  </si>
+  <si>
+    <t>28/06/2006 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479144/fr/sagb-anneau-gastrique-ajustable-suedois</t>
+  </si>
+  <si>
+    <t>c_479144</t>
+  </si>
+  <si>
+    <t>ETHICON ENDO-SURGERY (France)</t>
+  </si>
+  <si>
+    <t>LAPBAND</t>
+  </si>
+  <si>
+    <t>28/06/2006 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479152/fr/lapband</t>
+  </si>
+  <si>
+    <t>c_479152</t>
+  </si>
+  <si>
+    <t>Mc GHAN Médical SARL</t>
+  </si>
+  <si>
+    <t>LAPBAND AP</t>
+  </si>
+  <si>
+    <t>28/06/2006 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479162/fr/lapband-ap</t>
+  </si>
+  <si>
+    <t>c_479162</t>
+  </si>
+  <si>
+    <t>AMI SOFT GASTRIC BAND</t>
+  </si>
+  <si>
+    <t>28/06/2006 12:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_478522/fr/ami-soft-gastric-band</t>
+  </si>
+  <si>
+    <t>c_478522</t>
+  </si>
+  <si>
+    <t>DUFOUR MEDICAL</t>
+  </si>
+  <si>
+    <t>BIORING</t>
+  </si>
+  <si>
+    <t>28/06/2006 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_478538/fr/bioring</t>
+  </si>
+  <si>
+    <t>c_478538</t>
+  </si>
+  <si>
+    <t>COUSIN BIOTECH SAS</t>
+  </si>
+  <si>
+    <t>HELIOGAST</t>
+  </si>
+  <si>
+    <t>28/06/2006 15:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_478654/fr/heliogast</t>
+  </si>
+  <si>
+    <t>c_478654</t>
+  </si>
+  <si>
+    <t>HELIOSCOPIE</t>
+  </si>
+  <si>
+    <t>MIDBAND</t>
+  </si>
+  <si>
+    <t>28/06/2006 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_478686/fr/midband</t>
+  </si>
+  <si>
+    <t>c_478686</t>
+  </si>
+  <si>
+    <t>SYSTEME LAP BAND</t>
+  </si>
+  <si>
+    <t>15/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398680/fr/systeme-lap-band</t>
+  </si>
+  <si>
+    <t>c_398680</t>
+  </si>
+  <si>
+    <t>MCGHAN MEDICAL Sarl (France)</t>
+  </si>
+  <si>
+    <t>20/10/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398683/fr/sagb-anneau-gastrique-ajustable-suedois</t>
+  </si>
+  <si>
+    <t>c_398683</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398685/fr/siliband</t>
+  </si>
+  <si>
+    <t>c_398685</t>
+  </si>
+  <si>
+    <t>I.O.C. (France)à partir du 1er octobre 2004, SURGICAL - IOC</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Sclérose Latérale Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
+  </si>
+  <si>
+    <t>p_3689360</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>p_3557765</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>ALD n° 19 - Néphropathie chronique grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_565906/fr/ald-n-19-nephropathie-chronique-grave</t>
+  </si>
+  <si>
+    <t>c_565906</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Hépatite chronique B</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452115/fr/ald-n-6-hepatite-chronique-b</t>
+  </si>
+  <si>
+    <t>c_452115</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Cirrhoses alcooliques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718958/fr/ald-n-6-cirrhoses-alcooliques</t>
+  </si>
+  <si>
+    <t>c_718958</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Syndrome de Wiedemann-Steiner (WSS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de WSS. Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389747/fr/syndrome-de-wiedemann-steiner-wss</t>
+  </si>
+  <si>
+    <t>p_3389747</t>
+  </si>
+  <si>
+    <t>Délétion 10q26</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 10q26. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390484/fr/deletion-10q26</t>
+  </si>
+  <si>
+    <t>p_3390484</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndromes myélodysplasiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient atteint de syndromes myélodysplasiques.</t>
+  </si>
+  <si>
+    <t>20/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2015 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380018/fr/guide-du-parcours-de-soins-syndromes-myelodysplasiques</t>
+  </si>
+  <si>
+    <t>p_3380018</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication/délétion inversée du bras court du chromosome 8</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome d’invdupdel(8p). Il a été élaboré par le Centre de référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373681/fr/syndrome-de-duplication/deletion-inversee-du-bras-court-du-chromosome-8</t>
+  </si>
+  <si>
+    <t>p_3373681</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Sevrage de la nutrition entérale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant que l’on souhaite sevrer d’une NE. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375560</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+  </si>
+  <si>
+    <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Monosomie 5p</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne porteuse d’une monosomie 5p. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) &amp;Centre de Référence Déficience Intellectuelle de Causes Rares (CRDI) - Filière AnDDI-Rares &amp; DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357882/fr/monosomie-5p</t>
+  </si>
+  <si>
+    <t>p_3357882</t>
+  </si>
+  <si>
+    <t>Œsophagite à éosinophiles chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant une OE. Il a été élaboré par le Centre de référence des affections chroniques et malformatives de l’œsophage (CRACMO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358054/fr/oesophagite-a-eosinophiles-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3358054</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Neurodégénérescences avec accumulation intracérébrale de fer (Neurodegeneration with Brain Iron Accumulation ou NBIA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neurodégénérescence avec accumulation intracérébrale de fer. Il a été élaboré par le Centre de Référence de Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/04/2022 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332411/fr/neurodegenerescences-avec-accumulation-intracerebrale-de-fer-neurodegeneration-with-brain-iron-accumulation-ou-nbia</t>
+  </si>
+  <si>
+    <t>p_3332411</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
+  </si>
+  <si>
+    <t>p_3299928</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Hypertrophique (CMH)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cardiomyopathie hypertrophique (CMH). Il a été élaboré par le Centre de référence des cardiomyopathies et des troubles du rythme cardiaque héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100272/fr/cardiomyopathie-hypertrophique-cmh</t>
+  </si>
+  <si>
+    <t>c_1100272</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Prise en charge de la main bote radiale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’une main bote radiale. Il a été élaboré par le centre de référence des anomalies du développement et syndromes malformatifs, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/02/2021 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222751/fr/prise-en-charge-de-la-main-bote-radiale</t>
+  </si>
+  <si>
+    <t>p_3222751</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Syndromes hypertrophiques liés au gène PIK3CA (PROS) sans atteinte cérébrale - Les syndromes CLOVES et de Klippel-Trenaunay</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome CLOVES ou KTS. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226373/fr/syndromes-hypertrophiques-lies-au-gene-pik3ca-pros-sans-atteinte-cerebrale-les-syndromes-cloves-et-de-klippel-trenaunay</t>
+  </si>
+  <si>
+    <t>p_3226373</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Hypertension artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'hypertension artérielle pulmonaire (groupe 1 de la classification). Il a été élaboré par le centre de référence de l'hypertension artérielle, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167172/fr/hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3167172</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Becker</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Becker.</t>
+  </si>
+  <si>
+    <t>28/01/2020 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121203/fr/dystrophie-musculaire-de-becker</t>
+  </si>
+  <si>
+    <t>p_3121203</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Syndrome d'Ondine</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins de patients atteints du syndrome d’Ondine.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829809/fr/syndrome-d-ondine</t>
+  </si>
+  <si>
+    <t>c_2829809</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Cancer de l'œsophage</t>
+  </si>
+  <si>
+    <t>21/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1105133/fr/ald-n-30-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>c_1105133</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035492/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_1035492</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 13 mai 2025</t>
+  </si>
+  <si>
+    <t>03/07/2025 08:23:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634475/fr/cediag-du-13-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3634475</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEDiag du 8 avril 2025</t>
+  </si>
+  <si>
+    <t>15/05/2025 09:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605746/fr/cediag-du-8-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3605746</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 décembre 2024</t>
+  </si>
+  <si>
+    <t>09/12/2024 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568123/fr/ceesp-reunion-du-10-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3568123</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 4 juillet 2024</t>
+  </si>
+  <si>
+    <t>04/07/2024 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528964/fr/pv-college-deliberatif-du-4-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3528964</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 janvier 2024</t>
+  </si>
+  <si>
+    <t>29/03/2024 10:04:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3504411/fr/college-deliberatif-du-18-janvier-2024</t>
+  </si>
+  <si>
+    <t>p_3504411</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 juillet 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494745/fr/college-deliberatif-du-21-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3494745</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 janvier 2024</t>
+  </si>
+  <si>
+    <t>24/01/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490814/fr/commission-de-la-transparence-reunion-du-31-janvier-2024</t>
+  </si>
+  <si>
+    <t>p_3490814</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 30 mars 2022</t>
+  </si>
+  <si>
+    <t>22/03/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325509/fr/commission-de-la-transparence-reunion-du-30-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3325509</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 février 2022</t>
+  </si>
+  <si>
+    <t>25/01/2022 18:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311951/fr/commission-de-la-transparence-reunion-du-2-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3311951</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 juin 2018</t>
+  </si>
+  <si>
+    <t>20/06/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857716/fr/commission-de-la-transparence-reunion-du-27-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2857716</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 29 mai 2018</t>
+  </si>
+  <si>
+    <t>25/05/2018 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851068/fr/cnedimts-reunion-du-29-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2851068</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 février 2018</t>
+  </si>
+  <si>
+    <t>14/02/2018 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2828193/fr/commission-de-la-transparence-reunion-du-21-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2828193</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 21 mars 2017</t>
+  </si>
+  <si>
+    <t>15/03/2017 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2750790/fr/cnedimts-reunion-du-21-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2750790</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 21 février 2017</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746113/fr/cnedimts-reunion-du-21-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2746113</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2016</t>
+  </si>
+  <si>
+    <t>23/11/2016 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725162/fr/commission-de-la-transparence-reunion-du-30-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2725162</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1 avril 2015</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022641/fr/commission-de-la-transparence-reunion-du-1-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2022641</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2015</t>
+  </si>
+  <si>
+    <t>10/02/2015 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011888/fr/commission-de-la-transparence-reunion-du-18-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2011888</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 janvier 2015</t>
+  </si>
+  <si>
+    <t>20/01/2015 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006292/fr/commission-de-la-transparence-reunion-du-21-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2006292</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 décembre 2014</t>
+  </si>
+  <si>
+    <t>10/12/2014 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792337/fr/commission-de-la-transparence-reunion-du-17-decembre-2014</t>
+  </si>
+  <si>
+    <t>c_1792337</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 18 novembre 2014</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775924/fr/cnedimts-reunion-du-18-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1775924</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 novembre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772116/fr/commission-de-la-transparence-reunion-du-5-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1772116</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 23/09/2014</t>
+  </si>
+  <si>
+    <t>23/09/2014 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770285/fr/commission-recommandations-de-bonne-pratique-reunion-du-23/09/2014</t>
+  </si>
+  <si>
+    <t>c_1770285</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juin 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745376/fr/commission-de-la-transparence-reunion-du-11-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1745376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2014</t>
+  </si>
+  <si>
+    <t>23/05/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742433/fr/commission-de-la-transparence-reunion-du-28-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1742433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mai 2014</t>
+  </si>
+  <si>
+    <t>30/04/2014 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739113/fr/commission-de-la-transparence-reunion-du-7-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1739113</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2014</t>
+  </si>
+  <si>
+    <t>29/01/2014 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715235/fr/commission-de-la-transparence-reunion-du-8-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1715235</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 avril 2012</t>
+  </si>
+  <si>
+    <t>11/04/2012 13:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239215/fr/commission-de-la-transparence-reunion-du-11-avril-2012</t>
+  </si>
+  <si>
+    <t>c_1239215</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mars 2012</t>
+  </si>
+  <si>
+    <t>28/03/2012 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1236063/fr/commission-de-la-transparence-reunion-du-28-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1236063</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2011</t>
+  </si>
+  <si>
+    <t>30/11/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138315/fr/commission-de-la-transparence-reunion-du-30-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1138315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 octobre 2010</t>
+  </si>
+  <si>
+    <t>20/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993081/fr/commission-de-la-transparence-reunion-du-20-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_993081</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2007</t>
+  </si>
+  <si>
+    <t>31/07/2007 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_610077/fr/commission-de-la-transparence-reunion-du-5-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_610077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - réunion du 14 mars 2007</t>
+  </si>
+  <si>
+    <t>14/03/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592921/fr/commission-de-la-transparence-reunion-du-14-mars-2007</t>
+  </si>
+  <si>
+    <t>c_592921</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Étude de la faisabilité et de l’intérêt de la mesure d’indicateurs de qualité et sécurité des soins sur les entrepôts de données de santé hospitaliers</t>
+  </si>
+  <si>
+    <t>Ce projet explore la réutilisation des données des EDSH pour mesurer des IQSS par la capitalisation de travaux déjà menés par 3 CHU et par l’expérimentation d’automatisation d’un indicateur de délai dans la prise en charge de l’AVC.</t>
+  </si>
+  <si>
+    <t>28/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499689/fr/etude-de-la-faisabilite-et-de-l-interet-de-la-mesure-d-indicateurs-de-qualite-et-securite-des-soins-sur-les-entrepots-de-donnees-de-sante-hospitaliers</t>
+  </si>
+  <si>
+    <t>p_3499689</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) : rapport annuel 2023</t>
+  </si>
+  <si>
+    <t>La HAS publie son septième rapport annuel sur les déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>16/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2024 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539434/fr/evenements-indesirables-graves-associes-aux-soins-eigs-rapport-annuel-2023</t>
+  </si>
+  <si>
+    <t>p_3539434</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge préopératoire pour une chirurgie de l’obésité chez l’adulte (OBE)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux des indicateurs de qualité et de sécurité des soins de la campagne 2017 sur la prise en charge préopératoire pour une chirurgie de l’obésité (chirurgie bariatrique) chez l’adulte.</t>
+  </si>
+  <si>
+    <t>19/12/2017 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2674829/fr/resultats-des-iqss-prise-en-charge-preoperatoire-pour-une-chirurgie-de-l-obesite-chez-l-adulte-obe</t>
+  </si>
+  <si>
+    <t>c_2674829</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients hémodialysés chroniques (DIA)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2017 des indicateurs sur la prise en charge des patients hémodialysés chroniques.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677037/fr/prise-en-charge-des-patients-hemodialyses-chroniques-dia</t>
+  </si>
+  <si>
+    <t>c_2677037</t>
+  </si>
+  <si>
+    <t>La maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
+  </si>
+  <si>
+    <t>15/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2012 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1258960</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2  - Rôle des facteurs socio-économiques et professionnels dans le risque d’infection et de formes graves de Covid-19 et actualisation des recommandations</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’évolution des connaissances disponibles sur les facteurs de risque de formes graves ou d’exposition au SARS-CoV-2, la HAS actualise son avis en réévaluant tout particulièrement les facteurs de risque associés à la précarité socio-économique et aux expositions professionnelles.</t>
+  </si>
+  <si>
+    <t>30/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2021 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275157/fr/strategie-de-vaccination-contre-le-sars-cov-2-role-des-facteurs-socio-economiques-et-professionnels-dans-le-risque-d-infection-et-de-formes-graves-de-covid-19-et-actualisation-des-recommandations</t>
+  </si>
+  <si>
+    <t>p_3275157</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer colorectal</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2013 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>c_1623732</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759760</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Évaluation biométrologique des expositions individuelles aux agents chimiques de l'environnement - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont de déterminer : les indications et les limites de l'EBIEE les conditions et les modalités de sa mise en œuvre les modalités des restitutions individuelle et collective de ses résultats les mesures propres à assurer un suivi longitudinal et une bonne traçabilité individuelle et collective des expositions avec la création d'une base de données Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>15/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 10:59:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701093/fr/evaluation-biometrologique-des-expositions-individuelles-aux-agents-chimiques-de-l-environnement-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3701093</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Foot problems in the elderly: podiatric assessment and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Prise en charge des dysthyroïdies chez l’adulte</t>
+  </si>
+  <si>
+    <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
+  </si>
+  <si>
+    <t>15/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216305/fr/prise-en-charge-des-dysthyroidies-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3216305</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Management of female genital mutilation by primary healthcare professionals</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3150640/en/management-of-female-genital-mutilation-by-primary-healthcare-professionals</t>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
+  </si>
+  <si>
+    <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
+  </si>
+  <si>
+    <t>13/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
+  </si>
+  <si>
+    <t>p_3215404</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Prise en charge des mutilations sexuelles féminines par les professionnels de santé de premier recours</t>
+  </si>
+  <si>
+    <t>Les mutilations sexuelles féminines peuvent être pratiquées à tout âge, dans toutes les catégories socio-professionnelles et indépendamment de toute confession religieuse. En France ces mutilations sont interdites par la loi, même si elles sont commises à l’étranger.</t>
+  </si>
+  <si>
+    <t>06/02/2020 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150640/fr/prise-en-charge-des-mutilations-sexuelles-feminines-par-les-professionnels-de-sante-de-premier-recours</t>
   </si>
   <si>
     <t>p_3150640</t>
   </si>
   <si>
-    <t>Child abuse: identification and action to be taken</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Programme Qualité de vie en Ehpad</t>
+  </si>
+  <si>
+    <t>Les éléments concourant à la qualité de vie de la personne accueillie en Ehpad se situent à quatre niveaux distincts et complémentaires. L’Anesm a donc conçu un programme spécifique Qualité de vie en Ehpad qui sera décliné à travers quatre recommandations.</t>
+  </si>
+  <si>
+    <t>10/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835485</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/12/2017 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2833702</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_1760393</t>
   </si>
   <si>
-    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Cancer colorectal : modalités de dépistage et de prévention chez les sujets à risque élevé et très élevé</t>
+  </si>
+  <si>
+    <t>La fiche mémo propose de faire le point sur les modalités de dépistage et de prévention du cancer colorectal (CCR), avec : Un rappel sur la stratégie de dépistage adoptée en France, le rôle des médecins généralistes dans l’orientation des sujets, les signes évocateurs de CCR, les signes évocateurs des formes héréditaires de CCR. La présentation des facteurs de risques de CCR. Le suivi personnalisé pour les sujets à risque élevé et très élevé de CCR (examen de référence, début de surveillance, rythme de suivi).</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2017 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772744/fr/cancer-colorectal-modalites-de-depistage-et-de-prevention-chez-les-sujets-a-risque-eleve-et-tres-eleve</t>
+  </si>
+  <si>
+    <t>c_2772744</t>
+  </si>
+  <si>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Transfusions de globules rouges homologues : produits, indications, alternatives</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation de bonne pratique est d’améliorer la qualité de la prise en charge des patients en aidant les professionnels, dans le cadre de leur prescription transfusion de globules rouges et dans le suivi des malades transfusés, et en harmonisant les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>26/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/02/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349939/fr/transfusions-de-globules-rouges-homologues-produits-indications-alternatives</t>
+  </si>
+  <si>
+    <t>c_1349939</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Certificat médical initial concernant une personne victime de violences</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation de bonne pratique sont les suivants : Expliquer le sens de la mission médico-légale du médecin, et ainsi améliorer et harmoniser les constatations médicales initiales et leur formalisation dans un certificat concernant toutes les victimes de violences volontaires ou blessures involontaires, physiques ou psychiques, quel que soit le médecin consulté. Améliorer la détermination de l’incapacité totale de travail. Rappeler aux médecins qu’ils ont toujours la possibilité d’orienter la victime, qui se présente spontanément, vers une structure médicalisée spécialisée.</t>
+  </si>
+  <si>
+    <t>03/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120330/fr/certificat-medical-initial-concernant-une-personne-victime-de-violences</t>
+  </si>
+  <si>
+    <t>c_1120330</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Diagnosis of uncomplicated cirrhosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Managing venous leg ulcers (excluding dressings)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Lecture critique de l'hémogramme : valeurs seuils à reconnaître comme probablement pathologiques et principales variations non pathologiques</t>
+  </si>
+  <si>
+    <t>Ces recommandations répondent à deux objectifs : 1 Définir les valeurs de l'hémogramme à reconnaître comme pathologiques dans la population adulte saine 1 Préciser les variations éventuelles des valeurs de l'hémogramme chez l'enfant, sur certains terrains ou dans des situations non pathologiques ou considérées comme telles. Ces variations de l'hémogramme, à l'origine de valeurs qui peuvent ne plus faire partie de l'intervalle de référence, ne doivent pas conduire à des explorations complémentaires. Les variations de l'hémogramme lors des états pathologiques bien caractérisés ou associées à certains traitements ne sont pas analysées dans ce travail.</t>
+  </si>
+  <si>
+    <t>01/09/1997 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/1997 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271914/fr/lecture-critique-de-l-hemogramme-valeurs-seuils-a-reconnaitre-comme-probablement-pathologiques-et-principales-variations-non-pathologiques</t>
+  </si>
+  <si>
+    <t>c_271914</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>Rééducation de l’entorse externe de la cheville</t>
+  </si>
+  <si>
+    <t>Ces recommandations pour les pratiques de soins concernent la rééducation, chez l'adulte non sportif, de l'entorse externe de cheville, sans fracture, récente, traitée fonctionnellement, quel que soit le stade de gravité.</t>
+  </si>
+  <si>
+    <t>01/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272059/fr/reeducation-de-l-entorse-externe-de-la-cheville</t>
+  </si>
+  <si>
+    <t>c_272059</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
+  </si>
+  <si>
+    <t>01/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272301/fr/conduite-a-tenir-lors-de-la-decouverte-antenatale-d-une-ventriculomegalie-cerebrale</t>
+  </si>
+  <si>
+    <t>c_272301</t>
+  </si>
+  <si>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Documents for Patients</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Sols pollués par le cadmium - Suivi des résidents surexposés</t>
+  </si>
+  <si>
+    <t>Vous résidez sur ou à proximité d’un site où la concentration de cadmium dans le sol pourrait présenter des risques pour votre santé, ce document vous informe sur : comment limiter votre exposition au cadmium ; dans quels cas votre médecin vous propose de dépister une surexposition au cadmium ; votre prise en charge par votre médecin d’une intoxication par le cadmium.</t>
+  </si>
+  <si>
+    <t>18/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544601/fr/sols-pollues-par-le-cadmium-suivi-des-residents-surexposes</t>
+  </si>
+  <si>
+    <t>p_3544601</t>
+  </si>
+  <si>
+    <t>Helicobacter pylori : recherche et traitement</t>
+  </si>
+  <si>
+    <t>Votre médecin vous a prescrit un examen pour rechercher la bactérie Helicobacter pylori ou vous allez recevoir un traitement pour éliminer cette infection. Ces fiches d'information ont pour objectif de vous accompagner et de vous apporter toutes les informations utiles.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
   </si>
   <si>
     <t>c_2911396</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Qualité de la prise en charge de l’AVC, l’hémorragie post-partum, l’hémodialyse et la chirurgie de l’obésité en 2017</t>
+  </si>
+  <si>
+    <t>L’une des missions de la Haute Autorité de Santé (HAS) est d’évaluer la qualité et la sécurité des soins dans les hôpitaux et cliniques en France. En complément de la satisfaction des patients, elle publie aujourd’hui les résultats de ses indicateurs sur quatre prises en charge à risque, enjeux de santé publique. Elle observe ainsi que l’hémorragie du post-partum et l’hémodialyse sont de mieux en mieux prises en charge, et que l’accident vasculaire cérébral (AVC) et la chirurgie de l’obésité nécessitent encore des efforts soutenus de la part des professionnels de santé. Les résultats sont publiés aujourd’hui, établissement par établissement, sur le site www.scopesante.fr.</t>
+  </si>
+  <si>
+    <t>19/12/2017 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814332/fr/qualite-de-la-prise-en-charge-de-l-avc-l-hemorragie-post-partum-l-hemodialyse-et-la-chirurgie-de-l-obesite-en-2017</t>
+  </si>
+  <si>
+    <t>c_2814332</t>
+  </si>
+  <si>
+    <t>Chirurgie de l’obésité pour les moins de 18 ans : à n’envisager que dans des cas très particuliers</t>
+  </si>
+  <si>
+    <t>En France, on estime que près de 4% des jeunes de moins de 18 ans seraient obèses. A cet âge, l’obésité a des effets délétères sur la puberté, le développement osseux mais aussi sur l’image de soi. La HAS a décidé de préciser les rares situations et les conditions dans lesquelles une chirurgie de l’obésité peut être envisagée pour un jeune de moins de 18 ans car aujourd’hui ces opérations se multiplient en dehors du cadre des recommandations officielles.</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620574/fr/chirurgie-de-l-obesite-pour-les-moins-de-18-ans-a-n-envisager-que-dans-des-cas-tres-particuliers</t>
+  </si>
+  <si>
+    <t>c_2620574</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3491330</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Treatment of superficial stomach cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Évaluation des endoprothèses aortiques abdominales utilisées pour le traitement des anévrismes de l’aorte abdominale sous-rénale non rompus</t>
+  </si>
+  <si>
+    <t>À la suite de la publication des résultats à long terme des essais contrôlés randomisés, des recommandations les plus récentes de l’European Society for Vascular Surgery et du NICE, la HAS a réévalué les conditions de remboursement des endoprothèses aortiques abdominales (EPA).</t>
+  </si>
+  <si>
+    <t>01/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/03/2021 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106805/fr/evaluation-des-endoprotheses-aortiques-abdominales-utilisees-pour-le-traitement-des-anevrismes-de-l-aorte-abdominale-sous-renale-non-rompus</t>
+  </si>
+  <si>
+    <t>p_3106805</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Traitement chirurgical de l’obésité sévère et massive par court-circuit (bypass) gastrojéjunal avec anse en oméga</t>
+  </si>
+  <si>
+    <t>Le bypass gastrique en oméga (BPGO) ou court-circuit gastrojéjunal avec anse en oméga est un acte de chirurgie bariatrique. Suite à l’évaluation de cet acte, la HAS préconise de ne plus y avoir recours lorsque l’anse fait 200 cm ou plus et est défavorable à son remboursement dans le traitement chirurgical de l’obésité en raison de données insuffisantes pour établir son efficacité et de l’existence de potentielles complications graves associées.</t>
+  </si>
+  <si>
+    <t>11/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2019 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912309/fr/traitement-chirurgical-de-l-obesite-severe-et-massive-par-court-circuit-bypass-gastrojejunal-avec-anse-en-omega</t>
+  </si>
+  <si>
+    <t>c_2912309</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’estomac</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’estomac jugé à faible risque d’envahissement ganglionnaire, en comparaison à la gastrectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853383/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-estomac</t>
   </si>
   <si>
     <t>c_2853383</t>
   </si>
   <si>
-    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’œsophage</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’œsophage jugé à faible risque d’envahissement ganglionnaire, en comparaison à l’œsophagectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-oesophage</t>
   </si>
   <si>
     <t>c_2853386</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>09/28/2016 00:00:00</t>
+    <t>28/09/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
   <si>
-    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
   </si>
   <si>
-    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984094/en/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Évaluation des orthèses de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les orthèses de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types d’orthèses de membre supérieur ; réévaluer l’intérêt des orthèses de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les orthèses de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>27/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2010 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999528/fr/evaluation-des-ortheses-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999528</t>
+  </si>
+  <si>
+    <t>Évaluation des IRM dédiées et à champ modéré &amp;lt; 1T</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les capacités techniques et l’apport diagnostic des IRM dédiées et à champ modéré de moins de 1T. Cette évaluation a notamment pour but, de préciser la place de ce type d’imagerie dans la pratique médicale compte tenu des caractéristiques techniques, de leur performance diagnostique, des coûts d’implantation et éventuellement des conséquences que pourrait avoir une diffusion élargie de ce type d'installation.</t>
+  </si>
+  <si>
+    <t>01/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2008 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758948/fr/evaluation-des-irm-dediees-et-a-champ-modere-1t</t>
+  </si>
+  <si>
+    <t>c_758948</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0061/AC/SEAP du 26 septembre 2024 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS des actes de dosage du cadmium dans les urines (cadmiurie) ou dans le sang total (cadmiémie)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale des actes de dosage du cadmium dans les urines (cadmiurie) ou dans le sang total (cadmiémie)</t>
+  </si>
+  <si>
+    <t>26/09/2024 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545364/fr/avis-n2024-0061/ac/seap-du-26-septembre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-des-actes-de-dosage-du-cadmium-dans-les-urines-cadmiurie-ou-dans-le-sang-total-cadmiemie</t>
+  </si>
+  <si>
+    <t>p_3545364</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0187/DC/SEM du 11 juillet 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité CASGEVY (exagamglogene autotemcel)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité CASGEVY (exagamglogene autotemcel) dans l'indication « « traitement de la drépanocytose sévère uniquement chez les patients âgés de 12 à 35 ans présentant des crises vaso occlusives récurrentes (CVO) malgré un traitement bien conduit par hydroxycarbamide éligibles à une greffe de cellules souches hématopoïétiques (CSH) et pour lesquels un donneur apparenté HLA (antigène leucocytaire humain) compatible n'est pas disponible et dont la sévérité de la maladie est établie par : la mise en place d'un programme transfusionnel depuis au moins 6 mois pour épisodes vaso-occlusifs récurrents (population pédiatrique et adulte), ET/OU, pour la population adulte seulement, la persistance d'épisodes vaso-occlusifs récurrents ayant nécessité une hospitalisation conventionnelle dans l'année (≥ 2 épisodes/an ou ≥ 1 épisode/an ayant nécessité une transfusion) ».</t>
+  </si>
+  <si>
+    <t>11/07/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>25/07/2024 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534443/fr/decision-n-2024-0187/dc/sem-du-11-juillet-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-casgevy-exagamglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3534443</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0015/DC/SEM du 18 janvier 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité CASGEVY (exagamglogene autotemcel)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité CASGEVY (exagamglogene autotemcel) dans l'indication « Traitement de la ß thalassémie dépendante des transfusions (TDT) chez les patients âgés de 12 ans à 35 ans éligibles à une greffe de cellules souches hématopoïétiques (CSH) et pour lesquels un donneur apparenté HLA (antigène leucocytaire humain) compatible n’est pas disponible ».</t>
+  </si>
+  <si>
+    <t>18/01/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>24/01/2024 08:30:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490703/fr/decision-n-2024-0015/dc/sem-du-18-janvier-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-casgevy-exagamglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3490703</t>
+  </si>
+  <si>
+    <t>Décision N°2017.0329/DC/SCES-31505 du 11/05/2017 du collège de la Haute Autorité de santé portant sur la procédure de certification de l'établissement de santé CLINIQUE LA MAISON DE VELLEDA</t>
+  </si>
+  <si>
+    <t>Décision N°2017.0329/DC/SCES-31505 du 11/05/2017 du collège de la Haute Autorité de santé portant sur la procédure de certification de l'établissement de santé CLINIQUE LA MAISON DE VELLEDA (visite initiale V2014)</t>
+  </si>
+  <si>
+    <t>11/05/2017 09:45:00</t>
+  </si>
+  <si>
+    <t>30/05/2017 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1312612/fr/decision-n2017-0329/dc/sces-31505-du-11/05/2017-du-college-de-la-haute-autorite-de-sante-portant-sur-la-procedure-de-certification-de-l-etablissement-de-sante-clinique-la-maison-de-velleda</t>
+  </si>
+  <si>
+    <t>c_1312612</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0086/DC du 23 avril 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du tocilizumab (ROACTEMRA) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 19/12/2016 -</t>
+  </si>
+  <si>
+    <t>Considérant :# * la pathologie, la maladie de Castleman inflammatoire (à CRP élevée) multicentrique, HHV8 négatif, non opérable, maladie rare sévère, pouvant engager le pronostic vital du patient ; * l’absence d’alternative appropriée et remboursable actuellement disponible chez ces patients ; * le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que la spécialité ROACTEMRA 20 mg/ml, solution à diluer pour perfusion, comprimé doit faire l’objet d’une prise en charge dérogatoire dans les indications : « Traitement de la maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8 » *RTU abrogée le 19 décembre 2016 par l'ANSM. La fin de cette RTU fait suite à la commercialisation de la spécialité SYLVANT (siltuximab), dans l’indication : «traitement des patients adultes atteints de la maladie de Castleman (MC) multicentrique, non infectés par le virus de l'immunodéficience humaine (VIH) et l'herpès-virus humain 8 (HHV-8) », dont l’AMM a été octroyée le 22 mai 2014 par la Commission européenne.*</t>
+  </si>
+  <si>
+    <t>23/04/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>06/02/2017 18:35:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741412/fr/decision-n-2014-0086/dc-du-23-avril-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-tocilizumab-roactemra-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-19/12/2016</t>
+  </si>
+  <si>
+    <t>c_1741412</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0060/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de HEMANGIOL 3,75 mg/ml, solution buvable (propranolol) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * Le syndrome de Marfan, maladie systémique du tissu conjonctif dont les manifestations, notamment cardiovasculaires peuvent être graves, * L’absence de spécialité de même principe actif, de même dosage et de même forme pharmaceutique et remboursable à ce jour chez ces patients en attente de chirurgie, * Le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients, le Collège de la HAS considère que la spécialité HEMANGIOL 3,75 mg/ml, solution buvable (propranolol) peut faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des enfants avec syndrome de Marfan et justifiant d’un traitement par bétabloquant » si le prescripteur estime qu’elle est indispensable pour le traitement de ces patients.</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620171/fr/decision-n2016-0060/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-hemangiol-3-75-mg/ml-solution-buvable-propranolol-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2620171</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération « Consultation infirmière de suivi de patients bénéficiant d’une chirurgie de l’obésité, avec prescriptions de médicaments en lieu et place du médecin »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Consultation infirmière de suivi de patients bénéficiant d’une chirurgie de l’obésité, avec prescriptions de médicaments en lieu et place du médecin ». Professionnels concernés : * Médecin ou chirurgien * Infirmier</t>
+  </si>
+  <si>
+    <t>10/04/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>22/05/2013 18:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554577/fr/avis-de-la-has-sur-le-protocole-de-cooperation-consultation-infirmiere-de-suivi-de-patients-beneficiant-d-une-chirurgie-de-l-obesite-avec-prescriptions-de-medicaments-en-lieu-et-place-du-medecin</t>
+  </si>
+  <si>
+    <t>c_1554577</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge des maladies rares dans le cadre du dispositif ALD</t>
+  </si>
+  <si>
+    <t>Si la rareté de la maladie et la prise en compte de ses conséquences pour les malades justifient une organisation spécifique des soins reposant sur des centres de référence, elles ne justifient pas la création d’une ALD spécifique. Outre le fait que la fréquence ne saurait définir une maladie, une telle création éclaterait le cadre nosologique actuel des ALD et serait source de difficultés importantes pour définir les critères médicaux d’admission sans que l’on soit assuré que cela ait un impact positif réel pour les malades. La création d’une ALD spécifique maladies rares n’est donc pas recommandée. Plusieurs modifications du dispositif d’ALD sont en revanche proposées afin de parvenir à une prise en charge plus complète et équitable des maladies rares au sein du dispositif actuel des ALD.</t>
+  </si>
+  <si>
+    <t>24/11/2005 11:24:00</t>
+  </si>
+  <si>
+    <t>24/11/2005 13:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739352/fr/avis-de-la-has-sur-la-prise-en-charge-des-maladies-rares-dans-le-cadre-du-dispositif-ald</t>
+  </si>
+  <si>
+    <t>c_739352</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TIMOFEROL (acide ascorbique/ fer (sous forme de sulfate ferreux))</t>
+  </si>
+  <si>
+    <t>15/11/2021 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982729/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>pprd_2982729</t>
+  </si>
+  <si>
+    <t>acide ascorbique,fer (sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>ELERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763726/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635767/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635804/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972290/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399988/fr/timoferol-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296239/fr/timoferol-50-mg-comprime-enrobe-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
+  </si>
+  <si>
+    <t>TARDYFERON (fer sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984094/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
   </si>
   <si>
     <t>pprd_2984094</t>
   </si>
   <si>
     <t>fer (sous forme de sulfate ferreux)</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605734/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3295759/en/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
+    <t>https://www.has-sante.fr/jcms/c_605734/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642471/fr/tardyferon-b9-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363119/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027365/fr/tardyferon-b9-sulfate-ferreux-acide-folique-antianemique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635773/fr/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245669/fr/tardyferon-preparations-antianemiques-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295759/fr/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
   </si>
   <si>
     <t>MONOVER (fer (III) isomaltoside 1000)</t>
   </si>
   <si>
-    <t>06/01/2017 15:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983764/en/monover-fer-iii-isomaltoside-1000</t>
+    <t>01/06/2017 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983764/fr/monover-fer-iii-isomaltoside-1000</t>
   </si>
   <si>
     <t>pprd_2983764</t>
   </si>
   <si>
     <t>fer (III) isomaltoside 1000</t>
   </si>
   <si>
     <t>MEDIPHA SANTE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736204/en/monover-iron-isomaltoside-1000-injectable-iron</t>
+    <t>https://www.has-sante.fr/jcms/c_2736204/fr/monover-fer-isomaltoside-1000-fer-par-voie-injectable</t>
+  </si>
+  <si>
+    <t>NONAN (cobalt/ cuivre/ fer/ fluor/ iode/ manganèse/ molybdène/ sélénium/ zinc)</t>
+  </si>
+  <si>
+    <t>19/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986062/fr/nonan-cobalt/-cuivre/-fer/-fluor/-iode/-manganese/-molybdene/-selenium/-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2986062</t>
+  </si>
+  <si>
+    <t>cobalt,cuivre,fer,fluor,iode,manganèse,molybdène,sélénium,zinc</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399193/fr/nonan-solution-pour-perfusion-iv-flacon-unitaire-de-50ml-rempli-a-40ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuels d'activité de la HAS</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuel d’activité de la HAS depuis 2005, sous une forme synthétique plus accessible et en cohérence avec son exigence de respect des principes du développement durable. Les principaux travaux réalisés par la HAS, pour chaque année, y sont présentés.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070314/fr/historique-des-rapports-annuels-d-activite-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1070314</t>
+  </si>
+  <si>
+    <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
+  </si>
+  <si>
+    <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
+  </si>
+  <si>
+    <t>08/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
+  </si>
+  <si>
+    <t>p_3599818</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
+  </si>
+  <si>
+    <t>IPAQSS 2017 - DIA MCO : tout pour le recueil de la campagne 2017</t>
+  </si>
+  <si>
+    <t>Vous trouverez dans cette page tous les outils, courriers et formations relatifs au recueil des indicateurs du thème « Qualité de la prise en charge des patients hémodialysés chroniques » (DIA).</t>
+  </si>
+  <si>
+    <t>03/04/2018 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219705/fr/ipaqss-2017-dia-mco-tout-pour-le-recueil-de-la-campagne-2017</t>
+  </si>
+  <si>
+    <t>c_1219705</t>
+  </si>
+  <si>
+    <t>IPAQSS 2017 - OBE : tout pour le recueil de la campagne 2017</t>
+  </si>
+  <si>
+    <t>Vous trouverez tous les outils nécessaires au recueil de l'indicateur « Prise en charge préopératoire pour une chirurgie de l’obésité chez l’adulte » (OBE) .</t>
+  </si>
+  <si>
+    <t>03/04/2018 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1604577/fr/ipaqss-2017-obe-tout-pour-le-recueil-de-la-campagne-2017</t>
+  </si>
+  <si>
+    <t>c_1604577</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
+  </si>
+  <si>
+    <t>Un état des lieux fondé sur des témoignages d'usagers et de professionnels : la maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Écouter l'expérience et le ressenti des usagers des établissements de santé. Lieux d’excellence dans la prise en charge des patients, les établissements de santé sont aussi des lieux de vie pour les patients comme pour les professionnels qui y travaillent ; les logiques humaines, professionnelles ou d’organisation doivent se concilier, exercice délicat au quotidien. Les patients hospitalisés et leurs proches témoignent bien souvent et en même temps de l’humanité des professionnels de santé et des difficultés qu’ils ont rencontrées au sein de l’institution hospitalière.</t>
+  </si>
+  <si>
+    <t>27/01/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915259/fr/un-etat-des-lieux-fonde-sur-des-temoignages-d-usagers-et-de-professionnels-la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_915259</t>
+  </si>
+  <si>
+    <t>Prise en charge chirurgicale de l'obésité chez l’adulte - Dossier de presse</t>
+  </si>
+  <si>
+    <t>L’obésité est une maladie chronique. Elle peut, en particulier lorsqu’elle est sévère ou massive, entraîner des difficultés dans la vie de tous les jours. Elle peut également menacer la santé et provoquer des maladies comme le diabète, l’hypertension artérielle, l’hypercholestérolémie, le syndrome d’apnées du sommeil… La chirurgie de l’obésité aide à perdre du poids durablement et à contrôler ces maladies. Néanmoins, se faire opérer est une décision importante et nécessite une bonne préparation. Vous trouverez dans cet espace, les recommandations destinées aux professionnels, une fiche d’information destinée aux médecins traitants ; une brochure d’information destinée aux personnes obèses qui envisagent la chirurgie de l’obésité, des interviews vidéos, ...</t>
+  </si>
+  <si>
+    <t>21/10/2009 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865974/fr/prise-en-charge-chirurgicale-de-l-obesite-chez-l-adulte-dossier-de-presse</t>
+  </si>
+  <si>
+    <t>c_865974</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -816,1166 +4560,8114 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D18" t="s">
+        <v>872</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1318</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1369</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1370</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1371</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1372</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1374</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1375</v>
+      </c>
+      <c r="O2" t="s">
+        <v>1376</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1382</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1384</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1385</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1386</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1387</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1388</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1389</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1395</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1396</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1400</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1401</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1402</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1419</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1434</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1464</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J32"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" t="s">
+        <v>35</v>
+      </c>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+      <c r="I6" t="s">
+        <v>49</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" t="s">
+        <v>55</v>
+      </c>
+      <c r="I7" t="s">
+        <v>56</v>
+      </c>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8" t="s">
+        <v>62</v>
+      </c>
+      <c r="I8" t="s">
+        <v>63</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>66</v>
+      </c>
+      <c r="H9" t="s">
+        <v>67</v>
+      </c>
+      <c r="I9" t="s">
+        <v>63</v>
+      </c>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>72</v>
+      </c>
+      <c r="H10" t="s">
+        <v>73</v>
+      </c>
+      <c r="I10" t="s">
+        <v>74</v>
+      </c>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>78</v>
+      </c>
+      <c r="H11" t="s">
+        <v>79</v>
+      </c>
+      <c r="I11" t="s">
+        <v>74</v>
+      </c>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12" t="s">
+        <v>85</v>
+      </c>
+      <c r="I12" t="s">
+        <v>86</v>
+      </c>
+      <c r="J12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" t="s">
+        <v>90</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>91</v>
+      </c>
+      <c r="H13" t="s">
+        <v>92</v>
+      </c>
+      <c r="I13" t="s">
+        <v>93</v>
+      </c>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>96</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>98</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>99</v>
+      </c>
+      <c r="H14" t="s">
+        <v>100</v>
+      </c>
+      <c r="I14" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>104</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>105</v>
+      </c>
+      <c r="H15" t="s">
+        <v>106</v>
+      </c>
+      <c r="I15" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>110</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>111</v>
+      </c>
+      <c r="H16" t="s">
+        <v>112</v>
+      </c>
+      <c r="I16" t="s">
+        <v>13</v>
+      </c>
+      <c r="J16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>115</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>116</v>
+      </c>
+      <c r="H17" t="s">
+        <v>117</v>
+      </c>
+      <c r="I17" t="s">
+        <v>13</v>
+      </c>
+      <c r="J17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" t="s">
+        <v>120</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>121</v>
+      </c>
+      <c r="H18" t="s">
+        <v>122</v>
+      </c>
+      <c r="I18" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>109</v>
+      </c>
+      <c r="E19" t="s">
+        <v>125</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H19" t="s">
+        <v>127</v>
+      </c>
+      <c r="I19" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" t="s">
+        <v>130</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>132</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>133</v>
+      </c>
+      <c r="H20" t="s">
+        <v>134</v>
+      </c>
+      <c r="I20" t="s">
+        <v>13</v>
+      </c>
+      <c r="J20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>139</v>
+      </c>
+      <c r="H21" t="s">
+        <v>140</v>
+      </c>
+      <c r="I21" t="s">
+        <v>13</v>
+      </c>
+      <c r="J21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" t="s">
+        <v>143</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>144</v>
+      </c>
+      <c r="H22" t="s">
+        <v>145</v>
+      </c>
+      <c r="I22" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>18</v>
+      </c>
+      <c r="B23" t="s">
+        <v>146</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" t="s">
+        <v>147</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>148</v>
+      </c>
+      <c r="H23" t="s">
+        <v>149</v>
+      </c>
+      <c r="I23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J23" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" t="s">
+        <v>151</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>137</v>
+      </c>
+      <c r="E24" t="s">
+        <v>152</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>153</v>
+      </c>
+      <c r="H24" t="s">
+        <v>154</v>
+      </c>
+      <c r="I24" t="s">
+        <v>13</v>
+      </c>
+      <c r="J24" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" t="s">
+        <v>156</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>137</v>
+      </c>
+      <c r="E25" t="s">
+        <v>157</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>158</v>
+      </c>
+      <c r="H25" t="s">
+        <v>159</v>
+      </c>
+      <c r="I25" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>18</v>
+      </c>
+      <c r="B26" t="s">
+        <v>160</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>137</v>
+      </c>
+      <c r="E26" t="s">
+        <v>161</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>162</v>
+      </c>
+      <c r="H26" t="s">
+        <v>163</v>
+      </c>
+      <c r="I26" t="s">
+        <v>13</v>
+      </c>
+      <c r="J26" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27" t="s">
+        <v>165</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>137</v>
+      </c>
+      <c r="E27" t="s">
+        <v>166</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>167</v>
+      </c>
+      <c r="H27" t="s">
+        <v>168</v>
+      </c>
+      <c r="I27" t="s">
+        <v>13</v>
+      </c>
+      <c r="J27" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>18</v>
+      </c>
+      <c r="B28" t="s">
+        <v>170</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" t="s">
+        <v>171</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>172</v>
+      </c>
+      <c r="H28" t="s">
+        <v>173</v>
+      </c>
+      <c r="I28" t="s">
+        <v>13</v>
+      </c>
+      <c r="J28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>18</v>
+      </c>
+      <c r="B29" t="s">
+        <v>175</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>137</v>
+      </c>
+      <c r="E29" t="s">
+        <v>176</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>177</v>
+      </c>
+      <c r="H29" t="s">
+        <v>178</v>
+      </c>
+      <c r="I29" t="s">
+        <v>13</v>
+      </c>
+      <c r="J29" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" t="s">
+        <v>179</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>180</v>
+      </c>
+      <c r="E30" t="s">
+        <v>180</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>181</v>
+      </c>
+      <c r="H30" t="s">
+        <v>182</v>
+      </c>
+      <c r="I30" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>18</v>
+      </c>
+      <c r="B31" t="s">
+        <v>146</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>184</v>
+      </c>
+      <c r="E31" t="s">
+        <v>184</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>185</v>
+      </c>
+      <c r="H31" t="s">
+        <v>186</v>
+      </c>
+      <c r="I31" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>18</v>
+      </c>
+      <c r="B32" t="s">
+        <v>142</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>184</v>
+      </c>
+      <c r="E32" t="s">
+        <v>184</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>187</v>
+      </c>
+      <c r="H32" t="s">
+        <v>188</v>
+      </c>
+      <c r="I32" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" t="s">
+        <v>189</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H103"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B2" t="s">
+        <v>191</v>
+      </c>
+      <c r="C2" t="s">
+        <v>192</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>193</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>194</v>
+      </c>
+      <c r="H2" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C3" t="s">
+        <v>197</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>199</v>
+      </c>
+      <c r="H3" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>190</v>
+      </c>
+      <c r="B4" t="s">
+        <v>201</v>
+      </c>
+      <c r="C4" t="s">
+        <v>202</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>203</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>204</v>
+      </c>
+      <c r="H4" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>190</v>
+      </c>
+      <c r="B5" t="s">
+        <v>206</v>
+      </c>
+      <c r="C5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>209</v>
+      </c>
+      <c r="H5" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B6" t="s">
+        <v>211</v>
+      </c>
+      <c r="C6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D6" t="s">
+        <v>213</v>
+      </c>
+      <c r="E6" t="s">
+        <v>214</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>215</v>
+      </c>
+      <c r="H6" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>190</v>
+      </c>
+      <c r="B7" t="s">
+        <v>217</v>
+      </c>
+      <c r="C7" t="s">
+        <v>218</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>219</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>220</v>
+      </c>
+      <c r="H7" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>190</v>
+      </c>
+      <c r="B8" t="s">
+        <v>222</v>
+      </c>
+      <c r="C8" t="s">
+        <v>223</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>224</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>225</v>
+      </c>
+      <c r="H8" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>190</v>
+      </c>
+      <c r="B9" t="s">
+        <v>227</v>
+      </c>
+      <c r="C9" t="s">
+        <v>228</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>229</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>230</v>
+      </c>
+      <c r="H9" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>190</v>
+      </c>
+      <c r="B10" t="s">
+        <v>232</v>
+      </c>
+      <c r="C10" t="s">
+        <v>233</v>
+      </c>
+      <c r="D10" t="s">
+        <v>234</v>
+      </c>
+      <c r="E10" t="s">
+        <v>235</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>236</v>
+      </c>
+      <c r="H10" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>190</v>
+      </c>
+      <c r="B11" t="s">
+        <v>238</v>
+      </c>
+      <c r="C11" t="s">
+        <v>239</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>240</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>241</v>
+      </c>
+      <c r="H11" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>190</v>
+      </c>
+      <c r="B12" t="s">
+        <v>243</v>
+      </c>
+      <c r="C12" t="s">
+        <v>244</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>240</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>245</v>
+      </c>
+      <c r="H12" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>190</v>
+      </c>
+      <c r="B13" t="s">
+        <v>247</v>
+      </c>
+      <c r="C13" t="s">
+        <v>248</v>
+      </c>
+      <c r="D13" t="s">
+        <v>249</v>
+      </c>
+      <c r="E13" t="s">
+        <v>250</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>251</v>
+      </c>
+      <c r="H13" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>190</v>
+      </c>
+      <c r="B14" t="s">
+        <v>253</v>
+      </c>
+      <c r="C14" t="s">
+        <v>248</v>
+      </c>
+      <c r="D14" t="s">
+        <v>254</v>
+      </c>
+      <c r="E14" t="s">
+        <v>255</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>256</v>
+      </c>
+      <c r="H14" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>190</v>
+      </c>
+      <c r="B15" t="s">
+        <v>258</v>
+      </c>
+      <c r="C15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D15" t="s">
+        <v>254</v>
+      </c>
+      <c r="E15" t="s">
+        <v>255</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>259</v>
+      </c>
+      <c r="H15" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>190</v>
+      </c>
+      <c r="B16" t="s">
+        <v>261</v>
+      </c>
+      <c r="C16" t="s">
+        <v>262</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>263</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>264</v>
+      </c>
+      <c r="H16" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>190</v>
+      </c>
+      <c r="B17" t="s">
+        <v>266</v>
+      </c>
+      <c r="C17" t="s">
+        <v>267</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>268</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>269</v>
+      </c>
+      <c r="H17" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>190</v>
+      </c>
+      <c r="B18" t="s">
+        <v>271</v>
+      </c>
+      <c r="C18" t="s">
+        <v>272</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>273</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>274</v>
+      </c>
+      <c r="H18" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>190</v>
+      </c>
+      <c r="B19" t="s">
+        <v>276</v>
+      </c>
+      <c r="C19" t="s">
+        <v>277</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>278</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>279</v>
+      </c>
+      <c r="H19" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>190</v>
+      </c>
+      <c r="B20" t="s">
+        <v>281</v>
+      </c>
+      <c r="C20" t="s">
+        <v>282</v>
+      </c>
+      <c r="D20" t="s">
+        <v>283</v>
+      </c>
+      <c r="E20" t="s">
+        <v>284</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>285</v>
+      </c>
+      <c r="H20" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>190</v>
+      </c>
+      <c r="B21" t="s">
+        <v>287</v>
+      </c>
+      <c r="C21" t="s">
+        <v>288</v>
+      </c>
+      <c r="D21" t="s">
+        <v>289</v>
+      </c>
+      <c r="E21" t="s">
+        <v>290</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>291</v>
+      </c>
+      <c r="H21" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>190</v>
+      </c>
+      <c r="B22" t="s">
+        <v>293</v>
+      </c>
+      <c r="C22" t="s">
+        <v>294</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>295</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>296</v>
+      </c>
+      <c r="H22" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>190</v>
+      </c>
+      <c r="B23" t="s">
+        <v>298</v>
+      </c>
+      <c r="C23" t="s">
+        <v>299</v>
+      </c>
+      <c r="D23" t="s">
+        <v>300</v>
+      </c>
+      <c r="E23" t="s">
+        <v>301</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>302</v>
+      </c>
+      <c r="H23" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>190</v>
+      </c>
+      <c r="B24" t="s">
+        <v>304</v>
+      </c>
+      <c r="C24" t="s">
+        <v>305</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>306</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>307</v>
+      </c>
+      <c r="H24" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>190</v>
+      </c>
+      <c r="B25" t="s">
+        <v>309</v>
+      </c>
+      <c r="C25" t="s">
+        <v>310</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>311</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>312</v>
+      </c>
+      <c r="H25" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>314</v>
+      </c>
+      <c r="C26" t="s">
+        <v>315</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>316</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>317</v>
+      </c>
+      <c r="H26" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>319</v>
+      </c>
+      <c r="C27" t="s">
+        <v>320</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>316</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>321</v>
+      </c>
+      <c r="H27" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" t="s">
+        <v>323</v>
+      </c>
+      <c r="C28" t="s">
+        <v>324</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>325</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>326</v>
+      </c>
+      <c r="H28" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B29" t="s">
+        <v>328</v>
+      </c>
+      <c r="C29" t="s">
+        <v>329</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>325</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>330</v>
+      </c>
+      <c r="H29" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>190</v>
+      </c>
+      <c r="B30" t="s">
+        <v>332</v>
+      </c>
+      <c r="C30" t="s">
+        <v>333</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>325</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>334</v>
+      </c>
+      <c r="H30" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>190</v>
+      </c>
+      <c r="B31" t="s">
+        <v>336</v>
+      </c>
+      <c r="C31" t="s">
+        <v>337</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>325</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>338</v>
+      </c>
+      <c r="H31" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" t="s">
+        <v>340</v>
+      </c>
+      <c r="C32" t="s">
+        <v>341</v>
+      </c>
+      <c r="D32" t="s">
+        <v>342</v>
+      </c>
+      <c r="E32" t="s">
+        <v>343</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>344</v>
+      </c>
+      <c r="H32" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>190</v>
+      </c>
+      <c r="B33" t="s">
+        <v>346</v>
+      </c>
+      <c r="C33" t="s">
+        <v>347</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>348</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>349</v>
+      </c>
+      <c r="H33" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>190</v>
+      </c>
+      <c r="B34" t="s">
+        <v>351</v>
+      </c>
+      <c r="C34" t="s">
+        <v>352</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>348</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>353</v>
+      </c>
+      <c r="H34" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>190</v>
+      </c>
+      <c r="B35" t="s">
+        <v>355</v>
+      </c>
+      <c r="C35" t="s">
+        <v>356</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>348</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>357</v>
+      </c>
+      <c r="H35" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>190</v>
+      </c>
+      <c r="B36" t="s">
+        <v>359</v>
+      </c>
+      <c r="C36" t="s">
+        <v>360</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>348</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>361</v>
+      </c>
+      <c r="H36" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>190</v>
+      </c>
+      <c r="B37" t="s">
+        <v>363</v>
+      </c>
+      <c r="C37" t="s">
+        <v>364</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>365</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>366</v>
+      </c>
+      <c r="H37" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>190</v>
+      </c>
+      <c r="B38" t="s">
+        <v>368</v>
+      </c>
+      <c r="C38" t="s">
+        <v>369</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>370</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>371</v>
+      </c>
+      <c r="H38" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>190</v>
+      </c>
+      <c r="B39" t="s">
+        <v>373</v>
+      </c>
+      <c r="C39" t="s">
+        <v>374</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>370</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>375</v>
+      </c>
+      <c r="H39" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>190</v>
+      </c>
+      <c r="B40" t="s">
+        <v>377</v>
+      </c>
+      <c r="C40" t="s">
+        <v>378</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>370</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>379</v>
+      </c>
+      <c r="H40" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>190</v>
+      </c>
+      <c r="B41" t="s">
+        <v>381</v>
+      </c>
+      <c r="C41" t="s">
+        <v>382</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>383</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>384</v>
+      </c>
+      <c r="H41" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>190</v>
+      </c>
+      <c r="B42" t="s">
+        <v>386</v>
+      </c>
+      <c r="C42" t="s">
+        <v>387</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>388</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>389</v>
+      </c>
+      <c r="H42" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>190</v>
+      </c>
+      <c r="B43" t="s">
+        <v>391</v>
+      </c>
+      <c r="C43" t="s">
+        <v>392</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>393</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>394</v>
+      </c>
+      <c r="H43" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>190</v>
+      </c>
+      <c r="B44" t="s">
+        <v>396</v>
+      </c>
+      <c r="C44" t="s">
+        <v>397</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>398</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>399</v>
+      </c>
+      <c r="H44" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>190</v>
+      </c>
+      <c r="B45" t="s">
+        <v>401</v>
+      </c>
+      <c r="C45" t="s">
+        <v>402</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>403</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>404</v>
+      </c>
+      <c r="H45" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>190</v>
+      </c>
+      <c r="B46" t="s">
+        <v>406</v>
+      </c>
+      <c r="C46" t="s">
+        <v>407</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>408</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>409</v>
+      </c>
+      <c r="H46" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" t="s">
+        <v>411</v>
+      </c>
+      <c r="C47" t="s">
+        <v>412</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>413</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>414</v>
+      </c>
+      <c r="H47" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>190</v>
+      </c>
+      <c r="B48" t="s">
+        <v>416</v>
+      </c>
+      <c r="C48" t="s">
+        <v>417</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>418</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>419</v>
+      </c>
+      <c r="H48" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>190</v>
+      </c>
+      <c r="B49" t="s">
+        <v>421</v>
+      </c>
+      <c r="C49" t="s">
+        <v>422</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>418</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>423</v>
+      </c>
+      <c r="H49" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>190</v>
+      </c>
+      <c r="B50" t="s">
+        <v>425</v>
+      </c>
+      <c r="C50" t="s">
+        <v>426</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>427</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>428</v>
+      </c>
+      <c r="H50" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" t="s">
+        <v>430</v>
+      </c>
+      <c r="C51" t="s">
+        <v>431</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>427</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>432</v>
+      </c>
+      <c r="H51" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>190</v>
+      </c>
+      <c r="B52" t="s">
+        <v>434</v>
+      </c>
+      <c r="C52" t="s">
+        <v>435</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>427</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>436</v>
+      </c>
+      <c r="H52" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>190</v>
+      </c>
+      <c r="B53" t="s">
+        <v>438</v>
+      </c>
+      <c r="C53" t="s">
+        <v>439</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>440</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>441</v>
+      </c>
+      <c r="H53" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>190</v>
+      </c>
+      <c r="B54" t="s">
+        <v>443</v>
+      </c>
+      <c r="C54" t="s">
+        <v>444</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>445</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>446</v>
+      </c>
+      <c r="H54" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>190</v>
+      </c>
+      <c r="B55" t="s">
+        <v>448</v>
+      </c>
+      <c r="C55" t="s">
+        <v>449</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>445</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>450</v>
+      </c>
+      <c r="H55" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>190</v>
+      </c>
+      <c r="B56" t="s">
+        <v>452</v>
+      </c>
+      <c r="C56" t="s">
+        <v>453</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>454</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>455</v>
+      </c>
+      <c r="H56" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>190</v>
+      </c>
+      <c r="B57" t="s">
+        <v>457</v>
+      </c>
+      <c r="C57" t="s">
+        <v>458</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>454</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>459</v>
+      </c>
+      <c r="H57" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>190</v>
+      </c>
+      <c r="B58" t="s">
+        <v>461</v>
+      </c>
+      <c r="C58" t="s">
+        <v>462</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>463</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>464</v>
+      </c>
+      <c r="H58" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>190</v>
+      </c>
+      <c r="B59" t="s">
+        <v>466</v>
+      </c>
+      <c r="C59" t="s">
+        <v>467</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>463</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>468</v>
+      </c>
+      <c r="H59" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>190</v>
+      </c>
+      <c r="B60" t="s">
+        <v>470</v>
+      </c>
+      <c r="C60" t="s">
+        <v>471</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>472</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>473</v>
+      </c>
+      <c r="H60" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>190</v>
+      </c>
+      <c r="B61" t="s">
+        <v>475</v>
+      </c>
+      <c r="C61" t="s">
+        <v>476</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>477</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>478</v>
+      </c>
+      <c r="H61" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>190</v>
+      </c>
+      <c r="B62" t="s">
+        <v>480</v>
+      </c>
+      <c r="C62" t="s">
+        <v>481</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>482</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>483</v>
+      </c>
+      <c r="H62" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>190</v>
+      </c>
+      <c r="B63" t="s">
+        <v>485</v>
+      </c>
+      <c r="C63" t="s">
+        <v>486</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>482</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>487</v>
+      </c>
+      <c r="H63" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>190</v>
+      </c>
+      <c r="B64" t="s">
+        <v>489</v>
+      </c>
+      <c r="C64" t="s">
+        <v>490</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>491</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>492</v>
+      </c>
+      <c r="H64" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>190</v>
+      </c>
+      <c r="B65" t="s">
+        <v>494</v>
+      </c>
+      <c r="C65" t="s">
+        <v>495</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>496</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>497</v>
+      </c>
+      <c r="H65" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>190</v>
+      </c>
+      <c r="B66" t="s">
+        <v>499</v>
+      </c>
+      <c r="C66" t="s">
+        <v>500</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>501</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>502</v>
+      </c>
+      <c r="H66" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>190</v>
+      </c>
+      <c r="B67" t="s">
+        <v>504</v>
+      </c>
+      <c r="C67" t="s">
+        <v>505</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>506</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>507</v>
+      </c>
+      <c r="H67" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>190</v>
+      </c>
+      <c r="B68" t="s">
+        <v>509</v>
+      </c>
+      <c r="C68" t="s">
+        <v>510</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>511</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>512</v>
+      </c>
+      <c r="H68" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>190</v>
+      </c>
+      <c r="B69" t="s">
+        <v>514</v>
+      </c>
+      <c r="C69" t="s">
+        <v>515</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>516</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>517</v>
+      </c>
+      <c r="H69" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>190</v>
+      </c>
+      <c r="B70" t="s">
+        <v>519</v>
+      </c>
+      <c r="C70" t="s">
+        <v>520</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>521</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>522</v>
+      </c>
+      <c r="H70" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>190</v>
+      </c>
+      <c r="B71" t="s">
+        <v>524</v>
+      </c>
+      <c r="C71" t="s">
+        <v>525</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>526</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>527</v>
+      </c>
+      <c r="H71" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>190</v>
+      </c>
+      <c r="B72" t="s">
+        <v>529</v>
+      </c>
+      <c r="C72" t="s">
+        <v>530</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>531</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>532</v>
+      </c>
+      <c r="H72" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>190</v>
+      </c>
+      <c r="B73" t="s">
+        <v>534</v>
+      </c>
+      <c r="C73" t="s">
+        <v>535</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>536</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>537</v>
+      </c>
+      <c r="H73" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>190</v>
+      </c>
+      <c r="B74" t="s">
+        <v>539</v>
+      </c>
+      <c r="C74" t="s">
+        <v>540</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>541</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>542</v>
+      </c>
+      <c r="H74" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>190</v>
+      </c>
+      <c r="B75" t="s">
+        <v>544</v>
+      </c>
+      <c r="C75" t="s">
+        <v>545</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>546</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>547</v>
+      </c>
+      <c r="H75" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>190</v>
+      </c>
+      <c r="B76" t="s">
+        <v>549</v>
+      </c>
+      <c r="C76" t="s">
+        <v>550</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>546</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>551</v>
+      </c>
+      <c r="H76" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>190</v>
+      </c>
+      <c r="B77" t="s">
+        <v>553</v>
+      </c>
+      <c r="C77" t="s">
+        <v>554</v>
+      </c>
+      <c r="D77" t="s">
+        <v>555</v>
+      </c>
+      <c r="E77" t="s">
+        <v>556</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>557</v>
+      </c>
+      <c r="H77" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>190</v>
+      </c>
+      <c r="B78" t="s">
+        <v>559</v>
+      </c>
+      <c r="C78" t="s">
+        <v>560</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>561</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>562</v>
+      </c>
+      <c r="H78" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>190</v>
+      </c>
+      <c r="B79" t="s">
+        <v>564</v>
+      </c>
+      <c r="C79" t="s">
+        <v>565</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>566</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>567</v>
+      </c>
+      <c r="H79" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>190</v>
+      </c>
+      <c r="B80" t="s">
+        <v>569</v>
+      </c>
+      <c r="C80" t="s">
+        <v>570</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>571</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>572</v>
+      </c>
+      <c r="H80" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>190</v>
+      </c>
+      <c r="B81" t="s">
+        <v>574</v>
+      </c>
+      <c r="C81" t="s">
+        <v>575</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>576</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>577</v>
+      </c>
+      <c r="H81" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>190</v>
+      </c>
+      <c r="B82" t="s">
+        <v>579</v>
+      </c>
+      <c r="C82" t="s">
+        <v>580</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>576</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>581</v>
+      </c>
+      <c r="H82" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>190</v>
+      </c>
+      <c r="B83" t="s">
+        <v>583</v>
+      </c>
+      <c r="C83" t="s">
+        <v>248</v>
+      </c>
+      <c r="D83" t="s">
+        <v>584</v>
+      </c>
+      <c r="E83" t="s">
+        <v>585</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>586</v>
+      </c>
+      <c r="H83" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>190</v>
+      </c>
+      <c r="B84" t="s">
+        <v>588</v>
+      </c>
+      <c r="C84" t="s">
+        <v>589</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>590</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>591</v>
+      </c>
+      <c r="H84" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>190</v>
+      </c>
+      <c r="B85" t="s">
+        <v>593</v>
+      </c>
+      <c r="C85" t="s">
+        <v>248</v>
+      </c>
+      <c r="D85" t="s">
+        <v>584</v>
+      </c>
+      <c r="E85" t="s">
+        <v>594</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>595</v>
+      </c>
+      <c r="H85" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>190</v>
+      </c>
+      <c r="B86" t="s">
+        <v>597</v>
+      </c>
+      <c r="C86" t="s">
+        <v>598</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>599</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>600</v>
+      </c>
+      <c r="H86" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>190</v>
+      </c>
+      <c r="B87" t="s">
+        <v>602</v>
+      </c>
+      <c r="C87" t="s">
+        <v>603</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>604</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>605</v>
+      </c>
+      <c r="H87" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>190</v>
+      </c>
+      <c r="B88" t="s">
+        <v>607</v>
+      </c>
+      <c r="C88" t="s">
+        <v>608</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>609</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>610</v>
+      </c>
+      <c r="H88" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>190</v>
+      </c>
+      <c r="B89" t="s">
+        <v>612</v>
+      </c>
+      <c r="C89" t="s">
+        <v>613</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>614</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>615</v>
+      </c>
+      <c r="H89" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>190</v>
+      </c>
+      <c r="B90" t="s">
+        <v>617</v>
+      </c>
+      <c r="C90" t="s">
+        <v>618</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>619</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>620</v>
+      </c>
+      <c r="H90" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>190</v>
+      </c>
+      <c r="B91" t="s">
+        <v>622</v>
+      </c>
+      <c r="C91" t="s">
+        <v>623</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>624</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>625</v>
+      </c>
+      <c r="H91" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>190</v>
+      </c>
+      <c r="B92" t="s">
+        <v>627</v>
+      </c>
+      <c r="C92" t="s">
+        <v>628</v>
+      </c>
+      <c r="D92" t="s">
+        <v>629</v>
+      </c>
+      <c r="E92" t="s">
+        <v>630</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>631</v>
+      </c>
+      <c r="H92" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>190</v>
+      </c>
+      <c r="B93" t="s">
+        <v>633</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>634</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>635</v>
+      </c>
+      <c r="H93" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
+        <v>637</v>
+      </c>
+      <c r="C94" t="s">
+        <v>248</v>
+      </c>
+      <c r="D94" t="s">
+        <v>638</v>
+      </c>
+      <c r="E94" t="s">
+        <v>639</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>640</v>
+      </c>
+      <c r="H94" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>190</v>
+      </c>
+      <c r="B95" t="s">
+        <v>642</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>643</v>
+      </c>
+      <c r="E95" t="s">
+        <v>643</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>644</v>
+      </c>
+      <c r="H95" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>190</v>
+      </c>
+      <c r="B96" t="s">
+        <v>646</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>643</v>
+      </c>
+      <c r="E96" t="s">
+        <v>643</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>647</v>
+      </c>
+      <c r="H96" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>190</v>
+      </c>
+      <c r="B97" t="s">
+        <v>649</v>
+      </c>
+      <c r="C97" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" t="s">
+        <v>643</v>
+      </c>
+      <c r="E97" t="s">
+        <v>643</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>650</v>
+      </c>
+      <c r="H97" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>190</v>
+      </c>
+      <c r="B98" t="s">
+        <v>652</v>
+      </c>
+      <c r="C98" t="s">
+        <v>653</v>
+      </c>
+      <c r="D98" t="s">
+        <v>654</v>
+      </c>
+      <c r="E98" t="s">
+        <v>655</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>656</v>
+      </c>
+      <c r="H98" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>190</v>
+      </c>
+      <c r="B99" t="s">
+        <v>658</v>
+      </c>
+      <c r="C99" t="s">
+        <v>659</v>
+      </c>
+      <c r="D99" t="s">
+        <v>660</v>
+      </c>
+      <c r="E99" t="s">
+        <v>661</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>662</v>
+      </c>
+      <c r="H99" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>190</v>
+      </c>
+      <c r="B100" t="s">
+        <v>664</v>
+      </c>
+      <c r="C100" t="s">
+        <v>665</v>
+      </c>
+      <c r="D100" t="s">
+        <v>666</v>
+      </c>
+      <c r="E100" t="s">
+        <v>667</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>668</v>
+      </c>
+      <c r="H100" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>190</v>
+      </c>
+      <c r="B101" t="s">
+        <v>670</v>
+      </c>
+      <c r="C101" t="s">
+        <v>671</v>
+      </c>
+      <c r="D101" t="s">
+        <v>666</v>
+      </c>
+      <c r="E101" t="s">
+        <v>672</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>673</v>
+      </c>
+      <c r="H101" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>190</v>
+      </c>
+      <c r="B102" t="s">
+        <v>675</v>
+      </c>
+      <c r="C102" t="s">
+        <v>676</v>
+      </c>
+      <c r="D102" t="s">
+        <v>666</v>
+      </c>
+      <c r="E102" t="s">
+        <v>677</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>678</v>
+      </c>
+      <c r="H102" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>190</v>
+      </c>
+      <c r="B103" t="s">
+        <v>680</v>
+      </c>
+      <c r="C103" t="s">
+        <v>681</v>
+      </c>
+      <c r="D103" t="s">
+        <v>682</v>
+      </c>
+      <c r="E103" t="s">
+        <v>683</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>684</v>
+      </c>
+      <c r="H103" t="s">
+        <v>685</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I37"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>687</v>
+      </c>
+      <c r="B2" t="s">
+        <v>688</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>689</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>690</v>
+      </c>
+      <c r="H2" t="s">
+        <v>691</v>
+      </c>
+      <c r="I2" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>687</v>
+      </c>
+      <c r="B3" t="s">
+        <v>693</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>695</v>
+      </c>
+      <c r="H3" t="s">
+        <v>696</v>
+      </c>
+      <c r="I3" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>687</v>
+      </c>
+      <c r="B4" t="s">
+        <v>697</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>698</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>699</v>
+      </c>
+      <c r="H4" t="s">
+        <v>700</v>
+      </c>
+      <c r="I4" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>687</v>
+      </c>
+      <c r="B5" t="s">
+        <v>701</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>702</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>703</v>
+      </c>
+      <c r="H5" t="s">
+        <v>704</v>
+      </c>
+      <c r="I5" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>687</v>
+      </c>
+      <c r="B6" t="s">
+        <v>705</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>706</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>707</v>
+      </c>
+      <c r="H6" t="s">
+        <v>708</v>
+      </c>
+      <c r="I6" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>687</v>
+      </c>
+      <c r="B7" t="s">
+        <v>709</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>710</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>711</v>
+      </c>
+      <c r="H7" t="s">
+        <v>712</v>
+      </c>
+      <c r="I7" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>687</v>
+      </c>
+      <c r="B8" t="s">
+        <v>713</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>714</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>715</v>
+      </c>
+      <c r="H8" t="s">
+        <v>716</v>
+      </c>
+      <c r="I8" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>687</v>
+      </c>
+      <c r="B9" t="s">
+        <v>717</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>718</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>719</v>
+      </c>
+      <c r="H9" t="s">
+        <v>720</v>
+      </c>
+      <c r="I9" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>687</v>
+      </c>
+      <c r="B10" t="s">
+        <v>721</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>722</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>723</v>
+      </c>
+      <c r="H10" t="s">
+        <v>724</v>
+      </c>
+      <c r="I10" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>687</v>
+      </c>
+      <c r="B11" t="s">
+        <v>725</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>726</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>727</v>
+      </c>
+      <c r="H11" t="s">
+        <v>728</v>
+      </c>
+      <c r="I11" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>687</v>
+      </c>
+      <c r="B12" t="s">
+        <v>729</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>730</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>731</v>
+      </c>
+      <c r="H12" t="s">
+        <v>732</v>
+      </c>
+      <c r="I12" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>687</v>
+      </c>
+      <c r="B13" t="s">
+        <v>733</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>734</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>735</v>
+      </c>
+      <c r="H13" t="s">
+        <v>736</v>
+      </c>
+      <c r="I13" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>687</v>
+      </c>
+      <c r="B14" t="s">
+        <v>737</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>738</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>739</v>
+      </c>
+      <c r="H14" t="s">
+        <v>740</v>
+      </c>
+      <c r="I14" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>687</v>
+      </c>
+      <c r="B15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>742</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>743</v>
+      </c>
+      <c r="H15" t="s">
+        <v>744</v>
+      </c>
+      <c r="I15" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>687</v>
+      </c>
+      <c r="B16" t="s">
+        <v>745</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>746</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>747</v>
+      </c>
+      <c r="H16" t="s">
+        <v>748</v>
+      </c>
+      <c r="I16" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>687</v>
+      </c>
+      <c r="B17" t="s">
+        <v>749</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>750</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>751</v>
+      </c>
+      <c r="H17" t="s">
+        <v>752</v>
+      </c>
+      <c r="I17" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>687</v>
+      </c>
+      <c r="B18" t="s">
+        <v>753</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>754</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>755</v>
+      </c>
+      <c r="H18" t="s">
+        <v>756</v>
+      </c>
+      <c r="I18" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>687</v>
+      </c>
+      <c r="B19" t="s">
+        <v>757</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>758</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>759</v>
+      </c>
+      <c r="H19" t="s">
+        <v>760</v>
+      </c>
+      <c r="I19" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>687</v>
+      </c>
+      <c r="B20" t="s">
+        <v>761</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>762</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>763</v>
+      </c>
+      <c r="H20" t="s">
+        <v>764</v>
+      </c>
+      <c r="I20" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>687</v>
+      </c>
+      <c r="B21" t="s">
+        <v>765</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>766</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>767</v>
+      </c>
+      <c r="H21" t="s">
+        <v>768</v>
+      </c>
+      <c r="I21" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>687</v>
+      </c>
+      <c r="B22" t="s">
+        <v>769</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>770</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>771</v>
+      </c>
+      <c r="H22" t="s">
+        <v>772</v>
+      </c>
+      <c r="I22" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>687</v>
+      </c>
+      <c r="B23" t="s">
+        <v>773</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>774</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>775</v>
+      </c>
+      <c r="H23" t="s">
+        <v>776</v>
+      </c>
+      <c r="I23" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>687</v>
+      </c>
+      <c r="B24" t="s">
+        <v>777</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>778</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>779</v>
+      </c>
+      <c r="H24" t="s">
+        <v>780</v>
+      </c>
+      <c r="I24" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B25" t="s">
+        <v>781</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>782</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>783</v>
+      </c>
+      <c r="H25" t="s">
+        <v>784</v>
+      </c>
+      <c r="I25" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>687</v>
+      </c>
+      <c r="B26" t="s">
+        <v>785</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>786</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>787</v>
+      </c>
+      <c r="H26" t="s">
+        <v>788</v>
+      </c>
+      <c r="I26" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>687</v>
+      </c>
+      <c r="B27" t="s">
+        <v>789</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>790</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>791</v>
+      </c>
+      <c r="H27" t="s">
+        <v>792</v>
+      </c>
+      <c r="I27" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>687</v>
+      </c>
+      <c r="B28" t="s">
+        <v>793</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>794</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>795</v>
+      </c>
+      <c r="H28" t="s">
+        <v>796</v>
+      </c>
+      <c r="I28" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>687</v>
+      </c>
+      <c r="B29" t="s">
+        <v>797</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>798</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>799</v>
+      </c>
+      <c r="H29" t="s">
+        <v>800</v>
+      </c>
+      <c r="I29" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>687</v>
+      </c>
+      <c r="B30" t="s">
+        <v>801</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>802</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>803</v>
+      </c>
+      <c r="H30" t="s">
+        <v>804</v>
+      </c>
+      <c r="I30" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>687</v>
+      </c>
+      <c r="B31" t="s">
+        <v>805</v>
+      </c>
+      <c r="C31" t="s">
+        <v>806</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>807</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>808</v>
+      </c>
+      <c r="H31" t="s">
+        <v>809</v>
+      </c>
+      <c r="I31" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>687</v>
+      </c>
+      <c r="B32" t="s">
+        <v>810</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>811</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>812</v>
+      </c>
+      <c r="H32" t="s">
+        <v>813</v>
+      </c>
+      <c r="I32" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>687</v>
+      </c>
+      <c r="B33" t="s">
+        <v>814</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>815</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>816</v>
+      </c>
+      <c r="H33" t="s">
+        <v>817</v>
+      </c>
+      <c r="I33" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>687</v>
+      </c>
+      <c r="B34" t="s">
+        <v>818</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>819</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>820</v>
+      </c>
+      <c r="H34" t="s">
+        <v>821</v>
+      </c>
+      <c r="I34" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>687</v>
+      </c>
+      <c r="B35" t="s">
+        <v>822</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>823</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>824</v>
+      </c>
+      <c r="H35" t="s">
+        <v>825</v>
+      </c>
+      <c r="I35" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>687</v>
+      </c>
+      <c r="B36" t="s">
+        <v>826</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>827</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>828</v>
+      </c>
+      <c r="H36" t="s">
+        <v>829</v>
+      </c>
+      <c r="I36" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>687</v>
+      </c>
+      <c r="B37" t="s">
+        <v>830</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>831</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>832</v>
+      </c>
+      <c r="H37" t="s">
+        <v>833</v>
+      </c>
+      <c r="I37" t="s">
+        <v>692</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>834</v>
+      </c>
+      <c r="B2" t="s">
+        <v>835</v>
+      </c>
+      <c r="C2" t="s">
+        <v>836</v>
+      </c>
+      <c r="D2" t="s">
+        <v>837</v>
+      </c>
+      <c r="E2" t="s">
+        <v>838</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>839</v>
+      </c>
+      <c r="H2" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>834</v>
+      </c>
+      <c r="B3" t="s">
+        <v>841</v>
+      </c>
+      <c r="C3" t="s">
+        <v>842</v>
+      </c>
+      <c r="D3" t="s">
+        <v>843</v>
+      </c>
+      <c r="E3" t="s">
+        <v>844</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>845</v>
+      </c>
+      <c r="H3" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>834</v>
+      </c>
+      <c r="B4" t="s">
+        <v>847</v>
+      </c>
+      <c r="C4" t="s">
+        <v>848</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>849</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>850</v>
+      </c>
+      <c r="H4" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>834</v>
+      </c>
+      <c r="B5" t="s">
+        <v>852</v>
+      </c>
+      <c r="C5" t="s">
+        <v>853</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>849</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>854</v>
+      </c>
+      <c r="H5" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>834</v>
+      </c>
+      <c r="B6" t="s">
+        <v>856</v>
+      </c>
+      <c r="C6" t="s">
+        <v>857</v>
+      </c>
+      <c r="D6" t="s">
+        <v>858</v>
+      </c>
+      <c r="E6" t="s">
+        <v>859</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>860</v>
+      </c>
+      <c r="H6" t="s">
+        <v>861</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>862</v>
+      </c>
+      <c r="B2" t="s">
+        <v>863</v>
+      </c>
+      <c r="C2" t="s">
+        <v>864</v>
+      </c>
+      <c r="D2" t="s">
+        <v>865</v>
+      </c>
+      <c r="E2" t="s">
+        <v>866</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>867</v>
+      </c>
+      <c r="H2" t="s">
+        <v>868</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>869</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>870</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>871</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>872</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>873</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>874</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>875</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>869</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>876</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>877</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>878</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>879</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>880</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>881</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>869</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>882</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>883</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>666</v>
       </c>
       <c r="E4" t="s">
-        <v>31</v>
+        <v>884</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>885</v>
       </c>
       <c r="H4" t="s">
-        <v>33</v>
+        <v>886</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>869</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>887</v>
       </c>
       <c r="C5" t="s">
-        <v>35</v>
+        <v>888</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>889</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>890</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>891</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
+        <v>892</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>894</v>
       </c>
       <c r="C2" t="s">
-        <v>41</v>
+        <v>895</v>
       </c>
       <c r="D2" t="s">
-        <v>42</v>
+        <v>896</v>
       </c>
       <c r="E2" t="s">
-        <v>43</v>
+        <v>897</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>44</v>
+        <v>898</v>
       </c>
       <c r="H2" t="s">
-        <v>45</v>
+        <v>899</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>900</v>
       </c>
       <c r="C3" t="s">
-        <v>47</v>
+        <v>901</v>
       </c>
       <c r="D3" t="s">
-        <v>48</v>
+        <v>902</v>
       </c>
       <c r="E3" t="s">
-        <v>49</v>
+        <v>903</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>50</v>
+        <v>904</v>
       </c>
       <c r="H3" t="s">
-        <v>51</v>
+        <v>905</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B4" t="s">
-        <v>52</v>
+        <v>906</v>
       </c>
       <c r="C4" t="s">
-        <v>53</v>
+        <v>907</v>
       </c>
       <c r="D4" t="s">
-        <v>54</v>
+        <v>908</v>
       </c>
       <c r="E4" t="s">
-        <v>55</v>
+        <v>909</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>56</v>
+        <v>910</v>
       </c>
       <c r="H4" t="s">
-        <v>57</v>
+        <v>911</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>912</v>
       </c>
       <c r="C5" t="s">
-        <v>59</v>
+        <v>913</v>
       </c>
       <c r="D5" t="s">
-        <v>60</v>
+        <v>234</v>
       </c>
       <c r="E5" t="s">
-        <v>61</v>
+        <v>914</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>62</v>
+        <v>915</v>
       </c>
       <c r="H5" t="s">
-        <v>63</v>
+        <v>916</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>917</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>918</v>
       </c>
       <c r="D6" t="s">
-        <v>60</v>
+        <v>919</v>
       </c>
       <c r="E6" t="s">
-        <v>61</v>
+        <v>920</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>66</v>
+        <v>921</v>
       </c>
       <c r="H6" t="s">
-        <v>67</v>
+        <v>922</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>923</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>924</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>925</v>
       </c>
       <c r="E7" t="s">
-        <v>71</v>
+        <v>926</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>72</v>
+        <v>927</v>
       </c>
       <c r="H7" t="s">
-        <v>73</v>
+        <v>928</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>929</v>
       </c>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>930</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>931</v>
       </c>
       <c r="E8" t="s">
-        <v>77</v>
+        <v>932</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>78</v>
+        <v>933</v>
       </c>
       <c r="H8" t="s">
-        <v>79</v>
+        <v>934</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>935</v>
       </c>
       <c r="C9" t="s">
-        <v>81</v>
+        <v>936</v>
       </c>
       <c r="D9" t="s">
-        <v>82</v>
+        <v>937</v>
       </c>
       <c r="E9" t="s">
-        <v>83</v>
+        <v>938</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>84</v>
+        <v>939</v>
       </c>
       <c r="H9" t="s">
-        <v>85</v>
+        <v>940</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>941</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>942</v>
       </c>
       <c r="E10" t="s">
-        <v>89</v>
+        <v>943</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>90</v>
+        <v>944</v>
       </c>
       <c r="H10" t="s">
-        <v>91</v>
+        <v>945</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>946</v>
       </c>
       <c r="C11" t="s">
-        <v>93</v>
+        <v>947</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>948</v>
       </c>
       <c r="E11" t="s">
-        <v>95</v>
+        <v>949</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>96</v>
+        <v>950</v>
       </c>
       <c r="H11" t="s">
-        <v>97</v>
+        <v>951</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>952</v>
       </c>
       <c r="C12" t="s">
-        <v>99</v>
+        <v>953</v>
       </c>
       <c r="D12" t="s">
-        <v>100</v>
+        <v>954</v>
       </c>
       <c r="E12" t="s">
-        <v>101</v>
+        <v>955</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>102</v>
+        <v>956</v>
       </c>
       <c r="H12" t="s">
-        <v>103</v>
+        <v>957</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>958</v>
       </c>
       <c r="C13" t="s">
-        <v>105</v>
+        <v>959</v>
       </c>
       <c r="D13" t="s">
-        <v>106</v>
+        <v>954</v>
       </c>
       <c r="E13" t="s">
-        <v>106</v>
+        <v>960</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>107</v>
+        <v>961</v>
       </c>
       <c r="H13" t="s">
-        <v>108</v>
+        <v>962</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>963</v>
       </c>
       <c r="C14" t="s">
-        <v>110</v>
+        <v>964</v>
       </c>
       <c r="D14" t="s">
-        <v>111</v>
+        <v>965</v>
       </c>
       <c r="E14" t="s">
-        <v>112</v>
+        <v>966</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>113</v>
+        <v>967</v>
       </c>
       <c r="H14" t="s">
-        <v>114</v>
+        <v>968</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>969</v>
       </c>
       <c r="C15" t="s">
-        <v>116</v>
+        <v>970</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>971</v>
       </c>
       <c r="E15" t="s">
-        <v>118</v>
+        <v>972</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>119</v>
+        <v>973</v>
       </c>
       <c r="H15" t="s">
-        <v>120</v>
+        <v>974</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>975</v>
       </c>
       <c r="C16" t="s">
-        <v>122</v>
+        <v>976</v>
       </c>
       <c r="D16" t="s">
-        <v>117</v>
+        <v>977</v>
       </c>
       <c r="E16" t="s">
-        <v>118</v>
+        <v>978</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>123</v>
+        <v>979</v>
       </c>
       <c r="H16" t="s">
-        <v>124</v>
+        <v>980</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B17" t="s">
-        <v>125</v>
+        <v>981</v>
       </c>
       <c r="C17" t="s">
-        <v>126</v>
+        <v>982</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>983</v>
       </c>
       <c r="E17" t="s">
-        <v>127</v>
+        <v>984</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>128</v>
+        <v>985</v>
       </c>
       <c r="H17" t="s">
-        <v>129</v>
+        <v>986</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>893</v>
       </c>
       <c r="B18" t="s">
-        <v>130</v>
+        <v>987</v>
       </c>
       <c r="C18" t="s">
-        <v>131</v>
+        <v>988</v>
       </c>
       <c r="D18" t="s">
-        <v>132</v>
+        <v>989</v>
       </c>
       <c r="E18" t="s">
-        <v>133</v>
+        <v>990</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>134</v>
+        <v>991</v>
       </c>
       <c r="H18" t="s">
-        <v>135</v>
+        <v>992</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>893</v>
+      </c>
+      <c r="B19" t="s">
+        <v>993</v>
+      </c>
+      <c r="C19" t="s">
+        <v>994</v>
+      </c>
+      <c r="D19" t="s">
+        <v>995</v>
+      </c>
+      <c r="E19" t="s">
+        <v>996</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>997</v>
+      </c>
+      <c r="H19" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>893</v>
+      </c>
+      <c r="B20" t="s">
+        <v>999</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D20" t="s">
+        <v>995</v>
+      </c>
+      <c r="E20" t="s">
+        <v>996</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>893</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>893</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>893</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>893</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>893</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>893</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>893</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D27" t="s">
+        <v>878</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>893</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>893</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>893</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>893</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>893</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>893</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>893</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>893</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>893</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>893</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>893</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>893</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>893</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>893</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>893</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>893</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D43" t="s">
+        <v>889</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>893</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1139</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>136</v>
+        <v>1140</v>
       </c>
       <c r="B2" t="s">
-        <v>137</v>
+        <v>1141</v>
       </c>
       <c r="C2" t="s">
-        <v>138</v>
+        <v>1142</v>
       </c>
       <c r="D2" t="s">
-        <v>139</v>
+        <v>1143</v>
       </c>
       <c r="E2" t="s">
-        <v>140</v>
+        <v>1144</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>141</v>
+        <v>1145</v>
       </c>
       <c r="H2" t="s">
-        <v>142</v>
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1152</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...435 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>