--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,596 +1,1362 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="137">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/07/2009 16:00:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>PEPTAMEN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>11/06/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398466/fr/peptamen</t>
+  </si>
+  <si>
+    <t>c_398466</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION France</t>
+  </si>
+  <si>
+    <t>PEPTAMEN HN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398467/fr/peptamen-hn</t>
+  </si>
+  <si>
+    <t>c_398467</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Femmes enceintes ayant une complication au cours de leur grossesse : transferts en urgence entre les établissements de santé</t>
+  </si>
+  <si>
+    <t>Optimiser le transfert des femmes enceintes dans l’urgence vers et entre les établissements des réseaux périnatals avec un objectif de sécurité et d’humanisation. Favoriser la coordination entre les professionnels des réseaux périnatals : obstétriciens, urgentistes, anesthésistes, pédiatres, sages-femmes, etc. Mettre en place des outils permettant d’évaluer les différents aspects de la qualité des transferts des femmes enceintes au sein d’un réseau périnatal.</t>
+  </si>
+  <si>
+    <t>28/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339442/fr/femmes-enceintes-ayant-une-complication-au-cours-de-leur-grossesse-transferts-en-urgence-entre-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1339442</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientation des femmes enceintes entre les maternités en vue de l'accouchement</t>
+  </si>
+  <si>
+    <t>Définir selon des critères médicaux les femmes enceintes à orienter dans les maternités de type I, II et III selon les risques fœto-maternels. Harmoniser les indications d’orientation et de réorientation au sein des réseaux périnatals. Améliorer la compréhension par les professionnels autant que par les femmes enceintes de l’utilité et des limites de l’orientation entre les établissements d’un réseau périnatal. Mieux appréhender les outils nécessaires à une organisation efficace des orientations, afin d’en améliorer la sécurité et le confort.</t>
+  </si>
+  <si>
+    <t>01/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935540/fr/grossesses-a-risque-orientation-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_935540</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Surgical haemostatic agents:treatments of last resort</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1440082/en/surgical-haemostatic-agents-treatments-of-last-resort</t>
+    <t>Hémostatiques chirurgicaux : un traitement de dernière intention - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2011 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440082/fr/hemostatiques-chirurgicaux-un-traitement-de-derniere-intention-fiche-buts</t>
   </si>
   <si>
     <t>r_1440082</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des hémostatiques chirurgicaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les hémostatiques chirurgicaux, financés au travers de prestations hospitalières afin notamment de :# * Analyser les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation des hémostatiques chirurgicaux * Promouvoir une utilisation rationnelle de ces produits</t>
+  </si>
+  <si>
+    <t>08/08/2011 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069650/fr/evaluation-des-hemostatiques-chirurgicaux</t>
+  </si>
+  <si>
+    <t>c_1069650</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er octobre 2014</t>
+  </si>
+  <si>
+    <t>26/09/2014 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763893/fr/commission-de-la-transparence-reunion-du-1er-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1763893</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>EVICEL (fibronectine/ concentré de protéines coagulables ((MAMMIFERE/PLASMA/HU...)</t>
   </si>
   <si>
-    <t>02/23/2015 17:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984677/en/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
+    <t>23/02/2015 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984677/fr/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
   </si>
   <si>
     <t>pprd_2984677</t>
   </si>
   <si>
     <t>fibronectine,concentré de protéines coagulables ((MAMMIFERE/PLASMA/HUMAIN)),thrombine humaine ((MAMMIFERE/HUMAIN/PLASMA))</t>
   </si>
   <si>
     <t>ETHICON SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774119/en/evicel-sealant-based-on-human-fibrinogen-and-thrombin</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_887287/en/evicel</t>
+    <t>https://www.has-sante.fr/jcms/c_1774119/fr/evicel-colle-a-base-de-fibrinogene-et-de-thrombine-humains-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887287/fr/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
+  </si>
+  <si>
+    <t>QUIXIL (protéines humaines coagulables contenant principalement du fibrinogène...)</t>
+  </si>
+  <si>
+    <t>12/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985585/fr/quixil-proteines-humaines-coagulables-contenant-principalement-du-fibrinogene</t>
+  </si>
+  <si>
+    <t>pprd_2985585</t>
+  </si>
+  <si>
+    <t>protéines humaines coagulables contenant principalement du fibrinogène et de la fibronectine, et de l’acide tranéxamique,colle de fibrine,thrombine humaine,calcium (chlorure de)</t>
+  </si>
+  <si>
+    <t>ETHICON (exploitant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400013/fr/quixil-solutions-pour-colle-intralesionnelle-flacons-de-2-x-1-ml-boite-de-1-flacons-de-2-x-2-ml-boite-de-1-flacons-de-2-x-5-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400988/fr/quixil-solutions-pour-colle-proteines-humaines-coagulables-contenant-principalement-du-fibrinogene</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
-[...42 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>28</v>
       </c>
-      <c r="B3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="H3" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
         <v>41</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="C6" t="s">
         <v>42</v>
       </c>
-      <c r="E4" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>43</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>44</v>
       </c>
-      <c r="H4" t="s">
+      <c r="H6" t="s">
         <v>45</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>51</v>
       </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E5" t="s">
+        <v>73</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>74</v>
+      </c>
+      <c r="H5" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>76</v>
+      </c>
+      <c r="C6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>80</v>
+      </c>
+      <c r="H6" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D7" t="s">
+        <v>84</v>
+      </c>
+      <c r="E7" t="s">
+        <v>85</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>86</v>
+      </c>
+      <c r="H7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D2" t="s">
+        <v>91</v>
+      </c>
+      <c r="E2" t="s">
+        <v>92</v>
+      </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>93</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>94</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3" t="s">
+        <v>97</v>
+      </c>
+      <c r="E3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>102</v>
+      </c>
+      <c r="E4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>104</v>
+      </c>
+      <c r="H4" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>109</v>
+      </c>
+      <c r="H5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H2" t="s">
+        <v>116</v>
       </c>
       <c r="I2" t="s">
-        <v>54</v>
+        <v>117</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>118</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+      <c r="I2" t="s">
+        <v>125</v>
       </c>
       <c r="J2" t="s">
-        <v>55</v>
+        <v>126</v>
       </c>
       <c r="K2" t="s">
-        <v>56</v>
+        <v>127</v>
       </c>
       <c r="L2" t="s">
-        <v>57</v>
+        <v>128</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>131</v>
+      </c>
+      <c r="H3" t="s">
+        <v>132</v>
+      </c>
+      <c r="I3" t="s">
+        <v>133</v>
+      </c>
+      <c r="J3" t="s">
+        <v>134</v>
+      </c>
+      <c r="K3" t="s">
+        <v>135</v>
+      </c>
+      <c r="L3" t="s">
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>