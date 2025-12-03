--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,208 +1,292 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...17 lines deleted...]
-    <t>01/06/2011 13:09:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1011043/en/sir-spheres-21-december-2010-2952-opinion</t>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2015 18:09:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023879/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2023879</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>SIR-Spheres  - 21 décembre 2010 (2952) avis</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium-90 Nouveau dispositif Avis favorable dans le traitement des métastases hépatiques non résécables du cancer colorectal en chappement thérapeutique, pour la prise en charge temporaire dans le cadre d’une étude</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1011043/fr/sir-spheres-21-decembre-2010-2952-avis</t>
   </si>
   <si>
     <t>c_1011043</t>
   </si>
   <si>
-    <t>SIRTEX Medical Products Pty Ltd (Australia)</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>SIRTEX Medical Europe GmbH (Allemagne)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
+  </si>
+  <si>
+    <t>Ce rapport présente l'évaluation de la HAS concernant l'utilisation de la radiothérapie conformationnelle avec modulation d’intensité dans le traitement du cancer du canal anal.</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
   </si>
   <si>
     <t>c_1364144</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 23 septembre 2020</t>
+  </si>
+  <si>
+    <t>17/09/2020 17:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202127/fr/commission-de-la-transparence-reunion-a-distance-du-23-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3202127</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -213,150 +297,346 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>16</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
+      </c>
+      <c r="C3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>