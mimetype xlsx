--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -62,51 +62,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>SIR-Spheres  - 21 décembre 2010 (2952) avis</t>
   </si>
   <si>
     <t>Microsphères d’Yttrium-90 Nouveau dispositif Avis favorable dans le traitement des métastases hépatiques non résécables du cancer colorectal en chappement thérapeutique, pour la prise en charge temporaire dans le cadre d’une étude</t>
   </si>
   <si>
-    <t>21/12/2010 00:00:00</t>
+    <t>21/07/2004 00:00:00</t>
   </si>
   <si>
     <t>06/01/2011 13:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1011043/fr/sir-spheres-21-decembre-2010-2952-avis</t>
   </si>
   <si>
     <t>c_1011043</t>
   </si>
   <si>
     <t>SIRTEX Medical Europe GmbH (Allemagne)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndrome Hémolytique et Urémique (SHU)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>