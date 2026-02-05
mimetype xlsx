--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
   </si>
   <si>
     <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
-    <t>11/12/2025 11:02:34</t>
+    <t>11/12/2025 11:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
   </si>
   <si>
     <t>p_3784577</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>