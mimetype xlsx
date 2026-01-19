--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -59,51 +59,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
   </si>
   <si>
     <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/03/2010 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
   </si>