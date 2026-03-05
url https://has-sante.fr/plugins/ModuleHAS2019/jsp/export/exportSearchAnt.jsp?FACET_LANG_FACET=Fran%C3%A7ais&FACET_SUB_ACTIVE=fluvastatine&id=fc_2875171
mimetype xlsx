--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -24,92 +24,107 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Études et Rapports" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
   </si>
   <si>
     <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
   </si>
   <si>
     <t>15/04/2021 00:00:00</t>
   </si>
   <si>
     <t>07/09/2021 15:44:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
   </si>
   <si>
     <t>p_3279083</t>
   </si>
   <si>
     <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
   </si>
   <si>
     <t>22/06/2017 16:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
   </si>
   <si>
     <t>c_2776017</t>
   </si>
   <si>
     <t>Guide parcours de soins maladie coronarienne stable</t>
   </si>
@@ -359,655 +374,681 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E4" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="H4" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="H2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="I2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I3" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B4" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="I4" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="J1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="K1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="I2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="J2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="K2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="L2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="M2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="N2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="O2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="H2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>