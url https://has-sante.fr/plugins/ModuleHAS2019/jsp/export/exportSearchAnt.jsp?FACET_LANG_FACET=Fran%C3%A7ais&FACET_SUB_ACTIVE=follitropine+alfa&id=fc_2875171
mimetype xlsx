--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,311 +1,680 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="65">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 15 décembre 2021</t>
+  </si>
+  <si>
+    <t>08/12/2021 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303778/fr/commission-de-la-transparence-reunion-a-distance-du-15-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3303778</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 décembre 2021</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302848/fr/commission-de-la-transparence-reunion-a-distance-du-8-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302848</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GONAL F</t>
+  </si>
+  <si>
+    <t>04/02/2022 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985524/fr/gonal-f</t>
+  </si>
+  <si>
+    <t>pprd_2985524</t>
+  </si>
+  <si>
+    <t>follitropine alfa</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455460/fr/gonal-f-follitropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773269/fr/gonal-f-n/r/-follitropine-alfa/-follitropine-alfa-mammifere/hamster/cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866807/fr/gonal-f-n/r/-follitropine-alfa/-follitropine-alfa-mammifere/hamster/cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400024/fr/gonal-f-300-ui-/-0-5-ml-22-mg-/-0-5-ml-solution-injectable-en-stylo-prerempli-boite-de-1-stylo-prerempli-et-de-5-aiguilles-gonal-f-450-ui-/-0-75-ml-33-mg-/-0-75-ml-solution-injectable-en-stylo-prerempli-boite-de-1-stylo-prerempli-et-de-7-aiguilles-gonal-f-900-ui-/-1-5-ml-66-mg-/-1-5-ml-solution-injectable-en-stylo-prerempli-boite-de-1-stylo-prerempli-et-de-14-aiguilles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399747/fr/gonal-f-450-ui/0-75-ml-33-g/0-75ml-poudre-et-solvant-pour-solution-injectable-1-flacon-de-poudre-1-seringue-pre-remplie-de-solvant-6-seringues-pour-l-administration</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399222/fr/gonal-f-600-ui/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-de-poudre-1-seringue-pre-remplie-de-solvant-15-seringues-jetables-pour-l-administration</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399223/fr/gonal-f-75-ui-poudre-et-solvant-pour-solution-injectable-gonal-f-150-ui-poudre-et-solvant-pour-solution-injectable-boites-de-1-et-5-gonal-f-37-5-ui-poudre-et-solvant-pour-solution-injectable-boites-de-1-et-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313532/fr/gonal-f-follitropine-alfa</t>
   </si>
   <si>
     <t>PERGOVERIS (follitropine alfa/ lutropine alfa)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983034/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983034/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
   </si>
   <si>
     <t>pprd_2983034</t>
   </si>
   <si>
     <t>follitropine alfa,lutropine alfa</t>
   </si>
   <si>
-    <t>MERCK SERONO</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2883469/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+    <t>https://www.has-sante.fr/jcms/c_677439/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646903/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798157/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883469/fr/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>OVALEAP (follitropine alfa)</t>
+  </si>
+  <si>
+    <t>17/12/2015 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984288/fr/ovaleap-follitropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2984288</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581323/fr/ovaleap-follitropine-alfa</t>
   </si>
   <si>
     <t>BEMFOLA (follitropine alfa)</t>
   </si>
   <si>
-    <t>03/06/2015 13:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984629/en/bemfola-follitropine-alfa</t>
+    <t>06/03/2015 13:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984629/fr/bemfola-follitropine-alfa</t>
   </si>
   <si>
     <t>pprd_2984629</t>
   </si>
   <si>
-    <t>follitropine alfa</t>
-[...1 lines deleted...]
-  <si>
     <t>MAJORELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2003871/en/bemfola-recombinant-follitropin-alfa-gonadotropin</t>
+    <t>https://www.has-sante.fr/jcms/c_2003871/fr/bemfola-follitropine-alfa-recombinante-gonadotrophine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
-[...10 lines deleted...]
-      <c r="M2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>23</v>
       </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1" t="s">
+        <v>27</v>
+      </c>
+      <c r="K1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I2" t="s">
+        <v>34</v>
+      </c>
+      <c r="J2" t="s">
+        <v>35</v>
+      </c>
+      <c r="K2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L2" t="s">
+        <v>37</v>
+      </c>
+      <c r="M2" t="s">
+        <v>38</v>
+      </c>
+      <c r="N2" t="s">
+        <v>39</v>
+      </c>
+      <c r="O2" t="s">
+        <v>40</v>
+      </c>
+      <c r="P2" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>42</v>
+      </c>
+      <c r="R2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="I3" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="J3" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
+        <v>49</v>
+      </c>
+      <c r="L3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M3" t="s">
+        <v>51</v>
+      </c>
+      <c r="N3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+      <c r="I4" t="s">
+        <v>34</v>
+      </c>
+      <c r="J4" t="s">
+        <v>57</v>
+      </c>
+      <c r="K4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K5" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>