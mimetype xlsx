--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -75,50 +75,68 @@
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
     <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
   </si>
   <si>
     <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
   </si>
   <si>
     <t>02/06/2019 00:00:00</t>
   </si>
   <si>
     <t>02/13/2019 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
   </si>
   <si>
     <t>c_2853392</t>
+  </si>
+  <si>
+    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to appraise the side effects of cryolipolysis, an aesthetic non-invasive fat reduction procedure carried out by a controlled cooling system to reduce localised subcutaneous adipose tissue (in abdomen, tights, flanks , back, upper arms, submental area, chest fat in men). This assessment is conducted in order to respond to the Health Ministry‘s request about the potential danger of this technique (article L.1151-3 of the Health National Law)</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2865012</t>
   </si>
   <si>
     <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>06/25/2014 00:00:00</t>
   </si>
   <si>
     <t>07/22/2014 15:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -143,51 +161,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -253,43 +271,69 @@
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>