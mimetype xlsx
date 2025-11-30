--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
     <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="38">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,96 +77,99 @@
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
     <t>GADOVIST (Gadobutrol)</t>
   </si>
   <si>
-    <t>03/15/2024 11:11:00</t>
+    <t>11/06/2025 09:30:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983118/en/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>pprd_2983118</t>
   </si>
   <si>
     <t>gadobutrol</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_474325/en/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_539510/en/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_642516/en/gadovist</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1024753/en/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1298556/en/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1717941/en/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2038857/en/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2656319/en/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2869901/en/gadovist-gadobutrol-paramagnetic-contrast-agent</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2869907/en/gadolinium-based-contrast-agent-gadovist-gadobutrol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500935/en/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704143/en/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -239,51 +242,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:U2"/>
+  <dimension ref="A1:V2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -344,44 +347,47 @@
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
       <c r="U2" t="s">
         <v>36</v>
       </c>
+      <c r="V2" t="s">
+        <v>37</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>