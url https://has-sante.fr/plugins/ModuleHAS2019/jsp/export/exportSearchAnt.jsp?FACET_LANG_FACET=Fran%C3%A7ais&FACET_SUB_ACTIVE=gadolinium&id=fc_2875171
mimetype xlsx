--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,1657 +1,286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="857" uniqueCount="509">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>10/04/2015 17:04:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Stroke: early management</t>
+  </si>
+  <si>
+    <t>- Identify relevant information for the general public in order to improve recognition of warning signs and increase awareness of the need for urgent treatment ; - Optimise the initial prehospital and hospital care pathway of patients with suspected stroke and improve management for the largest possible number of stroke patients ; - Reduce the frequency and severity of the functional disorders associated with stroke through early multiprofessional management, implemented as quickly as possible in a stroke unit (SU), or failing this, in a hospital with an organised care pathway for patients with suspected stroke, in coordination with a SU ; - Improve the practices of the SAMU-Centre 15 dispatching physician, emergency physicians and all professionals involved in the early management of stroke (including TIAs).</t>
+  </si>
+  <si>
+    <t>10/23/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/28/2025 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
-[...899 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2819733/fr/prise-en-charge-de-l-endometriose</t>
+    <t>https://www.has-sante.fr/jcms/c_830203/en/stroke-early-management</t>
+  </si>
+  <si>
+    <t>c_830203</t>
+  </si>
+  <si>
+    <t>Management of endometriosis</t>
+  </si>
+  <si>
+    <t>This clinical practice guidelines was developed by the French National Authority for Health (HAS) and the French College of Gynaecologists and Obstetricians (CNGOF) to update the 2006 CNGOF guideline on the management of endometriosis. The purpose of this guide is to help hospital and community based healthcare professionals offer patients the best possible information and management. This guideline deals with the diagnosis and management of peritoneal, ovarian and deep endometriosis. The management of adenomyosis is not addressed.</t>
+  </si>
+  <si>
+    <t>12/13/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/17/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
   </si>
   <si>
     <t>c_2819733</t>
   </si>
   <si>
-    <t>Suivi post-professionnel après exposition à l'amiante</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>La sclérose en plaques</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Évaluation du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486036/fr/evaluation-du-test-salivaire-endotest-dans-les-situations-complexes-de-diagnostic-d-endometriose</t>
+    <t>Assessment of the Endotest® saliva test in complex endometriosis diagnosis situations</t>
+  </si>
+  <si>
+    <t>Aim To assess the self-referral by the HAS in July 2023 relating to the clinical utility of the Endotest® saliva test for complex endometriosis diagnosis situations. The objective is to inform the HAS Board’s decision with a view to determining whether reimbursement of the test by the French national health insurance system is valid in a relevant indication. At the time of the assessment, this 109-miRNA saliva signature test using a sophisticated next-generation sequencing method is in the validation phase and is the only test currently with CE marking in endometriosis.</t>
+  </si>
+  <si>
+    <t>12/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2024 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486036/en/assessment-of-the-endotest-saliva-test-in-complex-endometriosis-diagnosis-situations</t>
   </si>
   <si>
     <t>p_3486036</t>
   </si>
   <si>
-    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Médicaments utilisés dans les formes très actives de sclérose en plaques récurrente</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
+    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment originates from three different requests: from the Ministry of Health, the National Health Insurance and professional cardiology and radiology organisations. The objective is to define the place of non-invasive cardiac imaging tests in the diagnostic management of stable coronary artery disease in patients with an intermediate risk (or pretest probability). The objective being to reserve coronary angiography, an invasive test, for patients for whom it is essential (in light of a possible coronary revascularisation). The non-invasive imaging tests involved in this report are: exercise or pharmacological stress echocardiography, coronary CT scan, pharmacological stress MRI, exercise or pharmacological stress myocardial tomography (SPECT), and positron emission tomography (PET) with 18FDG. It should be noted that a first part addressing non-invasive cardiac imaging in non-ST-segment elevation acute coronary syndrome (ACS) at low cardiovascular risk was published by HAS in March 2015</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of worldwide supply shortage of technetium-99m (Tc-99m), a radioactive element needed to perform lung perfusion scintigraphy in case of suspected non-massive pulmonary embolism (PE), the Ministry of Health (DGS) asked HAS to determine if, in the event of complete shortage of this isotope, one (or more) test(s) could replace it without risk to the pregnant woman. Currently, Tc-99m lung perfusion scintigraphy is the medical imaging test of choice in pregnant women initially without signs of shock or hypotension (especially if the triage chest x-ray is normal) when this test is readily accessible for the clinician. Offering good diagnostic performances, lung perfusion scintigraphy is not very radiating for the mother and foetus. The objective of this assessment was not to question the current standard strategy in this situation or to establish good practice guidelines</t>
+  </si>
+  <si>
+    <t>02/17/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
   </si>
   <si>
     <t>c_2620035</t>
-  </si>
-[...307 lines deleted...]
-    <t>c_1733792</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1665,2870 +294,225 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...64 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
         <v>37</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>39</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>45</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>51</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>57</v>
       </c>
       <c r="H9" t="s">
         <v>58</v>
-      </c>
-[...2577 lines deleted...]
-        <v>508</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>