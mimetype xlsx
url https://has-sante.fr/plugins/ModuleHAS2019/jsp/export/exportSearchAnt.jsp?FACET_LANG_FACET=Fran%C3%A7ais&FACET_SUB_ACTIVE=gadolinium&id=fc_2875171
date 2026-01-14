--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -38,66 +38,66 @@
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
-    <t>Stroke: early management</t>
-[...2 lines deleted...]
-    <t>- Identify relevant information for the general public in order to improve recognition of warning signs and increase awareness of the need for urgent treatment ; - Optimise the initial prehospital and hospital care pathway of patients with suspected stroke and improve management for the largest possible number of stroke patients ; - Reduce the frequency and severity of the functional disorders associated with stroke through early multiprofessional management, implemented as quickly as possible in a stroke unit (SU), or failing this, in a hospital with an organised care pathway for patients with suspected stroke, in coordination with a SU ; - Improve the practices of the SAMU-Centre 15 dispatching physician, emergency physicians and all professionals involved in the early management of stroke (including TIAs).</t>
+    <t>Stroke: early management (warning signs, pre-hospital phase, initial hospital phase, indications for intravenous thrombolysis and mechanical thrombectomy)</t>
+  </si>
+  <si>
+    <t>Identify relevant information for the general public in order to improve recognition of warning signs and increase awareness of the need for urgent treatment ; Optimise the initial prehospital and hospital care pathway of patients with suspected stroke and improve management for the largest possible number of stroke patients ; Reduce the frequency and severity of the functional disorders associated with stroke through early multiprofessional management, implemented as quickly as possible in a stroke unit (SU), or failing this, in a hospital with an organised care pathway for patients with suspected stroke, in coordination with a SU ; Improve the practices of the SAMU-Centre 15 dispatching physician, emergency physicians and all professionals involved in the early management of stroke (including TIAs).</t>
   </si>
   <si>
     <t>10/23/2025 00:00:00</t>
   </si>
   <si>
     <t>10/28/2025 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_830203/en/stroke-early-management</t>
+    <t>https://www.has-sante.fr/jcms/c_830203/en/stroke-early-management-warning-signs-pre-hospital-phase-initial-hospital-phase-indications-for-intravenous-thrombolysis-and-mechanical-thrombectomy</t>
   </si>
   <si>
     <t>c_830203</t>
   </si>
   <si>
     <t>Management of endometriosis</t>
   </si>
   <si>
     <t>This clinical practice guidelines was developed by the French National Authority for Health (HAS) and the French College of Gynaecologists and Obstetricians (CNGOF) to update the 2006 CNGOF guideline on the management of endometriosis. The purpose of this guide is to help hospital and community based healthcare professionals offer patients the best possible information and management. This guideline deals with the diagnosis and management of peritoneal, ovarian and deep endometriosis. The management of adenomyosis is not addressed.</t>
   </si>
   <si>
     <t>12/13/2017 00:00:00</t>
   </si>
   <si>
     <t>01/17/2018 05:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
   </si>
   <si>
     <t>c_2819733</t>
   </si>
   <si>
     <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
   </si>