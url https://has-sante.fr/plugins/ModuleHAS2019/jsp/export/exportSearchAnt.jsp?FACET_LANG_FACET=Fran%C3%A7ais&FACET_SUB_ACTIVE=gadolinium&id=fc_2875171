--- v2 (2026-01-14)
+++ v3 (2026-01-14)
@@ -1,286 +1,1702 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="881" uniqueCount="524">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>10/28/2025 10:20:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_830203/en/stroke-early-management-warning-signs-pre-hospital-phase-initial-hospital-phase-indications-for-intravenous-thrombolysis-and-mechanical-thrombectomy</t>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Sclérose Latérale Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
+  </si>
+  <si>
+    <t>p_3689360</t>
+  </si>
+  <si>
+    <t>Schwannomatoses non-NF2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWN. Il a été élaboré par le Centre constitutif labellisé des schwannomatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598549/fr/schwannomatoses-non-nf2</t>
+  </si>
+  <si>
+    <t>p_3598549</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Maladie de Coats</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients nécessitant un traitement pour une maladie de Coats. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579042/fr/prise-en-charge-de-la-maladie-de-coats</t>
+  </si>
+  <si>
+    <t>p_3579042</t>
+  </si>
+  <si>
+    <t>Syringomyélie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syringomyélie. Il a été élaboré par le Centre de référence C-MAVEM Chiari, syringomyélie et malformations vertébromédullairesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/11/2024 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557658/fr/syringomyelie</t>
+  </si>
+  <si>
+    <t>p_3557658</t>
+  </si>
+  <si>
+    <t>Paraparésies spastiques héréditaires pures</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSH pure. Il a été élaboré par le Centre de référence Neurogénétique et maladies génétiques rares du système nerveux à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542903/fr/paraparesies-spastiques-hereditaires-pures</t>
+  </si>
+  <si>
+    <t>p_3542903</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Complexe de Carney</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un complexe de Carney. Il a été élaboré par le Centre de référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522462/fr/complexe-de-carney</t>
+  </si>
+  <si>
+    <t>p_3522462</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Syndrome de Sturge Weber</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Sturge-Weber. Il a été élaboré par le Centre de référence maladies rares de la peau et des muqueuses d’origine génétique (MAGEC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493385/fr/syndrome-de-sturge-weber</t>
+  </si>
+  <si>
+    <t>p_3493385</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Syndrome de BLOOM</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Bloom. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France, Filière AnDDI-Rares, le Centre de référence des Aplasies médullaires acquises et constitutionnelles, Filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385096/fr/syndrome-de-bloom</t>
+  </si>
+  <si>
+    <t>p_3385096</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Laminopathies avec présentation cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint de laminopathie avec atteinte cardiaque. Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares (cardiomyopathies et troubles du rythme) Hôpital de la Pitié-Salpêtrière, Paris, Centre de référence des maladies neuromusculaires Nord/Est/Ile de France, Hôpital Cochin, Paris, Filière nationale de santé CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389365/fr/laminopathies-avec-presentation-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3389365</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Amylose cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint atteint d’une amylose cardiaque. Il a été élaboré par le Centre de référence Amyloses Cardiaquesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306904/fr/amylose-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3306904</t>
+  </si>
+  <si>
+    <t>Syndrome de Guillain-Barré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Guillain-Barré. Il a été élaboré par la Filière de Santé Maladies Rares Neuromusculaires FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
+  </si>
+  <si>
+    <t>p_3299758</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Les Kystes de Tarlov : prise en charge diagnostique et thérapeutique. Place du traitement micro-chirurgical</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Kystes de Tarlov. Il a été élaboré par le le centre de référence C-MAVEM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/11/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293086/fr/les-kystes-de-tarlov-prise-en-charge-diagnostique-et-therapeutique-place-du-traitement-micro-chirurgical</t>
+  </si>
+  <si>
+    <t>p_3293086</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Hypertrophique (CMH)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cardiomyopathie hypertrophique (CMH). Il a été élaboré par le Centre de référence des cardiomyopathies et des troubles du rythme cardiaque héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100272/fr/cardiomyopathie-hypertrophique-cmh</t>
+  </si>
+  <si>
+    <t>c_1100272</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Thrombose Veineuse Cérébrale de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de thrombose veineuse cérébrale. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’oeil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293747/fr/thrombose-veineuse-cerebrale-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3293747</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Ventriculaire Droite Arythmogène</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant une Cardiomyopathie Ventriculaire Droite Arythmogène - CVDA. Il a été élaboré par le Centre de Référence Maladies Rares (CRMR) des Cardiomyopathies et des Troubles du Rythme Cardiaque Héréditaires ou Rares Sous l'égide et avec le partenariat de la Filière de Santé des maladies Cardiaques héréditaires CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293825/fr/cardiomyopathie-ventriculaire-droite-arythmogene</t>
+  </si>
+  <si>
+    <t>p_3293825</t>
+  </si>
+  <si>
+    <t>Polyadénomatose mammaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de polyadénomatose mammaire. Il a été élaboré par le Centre de Référence Pathologies Gynécologiques Rares PGR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289826/fr/polyadenomatose-mammaire</t>
+  </si>
+  <si>
+    <t>p_3289826</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Sclérose en plaque de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint du sclérose en plaque. Il a été élaboré par le centre de référence des maladies inflammatoires rares du cerveau et de la moelle - Membre de la Filière de Santé Maladies Rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656983/fr/sclerose-en-plaque-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2656983</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Aplasies utéro-vaginales</t>
+  </si>
+  <si>
+    <t>L'objectif de ce protocole national de diagnostic et de soins (PNDS) est d'expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patientes atteintes d'aplasies utéro-vaginales.</t>
+  </si>
+  <si>
+    <t>10/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2012 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339377/fr/ald-hors-liste-aplasies-utero-vaginales</t>
+  </si>
+  <si>
+    <t>c_1339377</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Accident vasculaire cérébral : prise en charge précoce (alerte, phase préhospitalière, phase hospitalière initiale, indications de la thrombolyse intraveineuse et de la thrombectomie mécanique)</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d’identifier les éléments d’information du grand public pour le sensibiliser aux signes d’alerte et à l’urgence de la prise en charge ; d’optimiser la filière préhospitalière et intrahospitalière initiale des patients ayant une suspicion d’AVC, afin de pouvoir proposer une meilleure prise en charge au plus grand nombre possible de patients atteints d’AVC ; de réduire la fréquence et la sévérité des séquelles fonctionnelles associées aux AVC grâce à une prise en charge multiprofessionnelle précoce, réalisée le plus rapidement possible en unité neuro-vasculaire (UNV), ou à défaut dans un établissement ayant structuré une filière de prise en charge des patients suspects d’AVC en coordination avec une UNV ; d’améliorer les pratiques professionnelles des médecins régulateurs des Samu Centre 15, des urgentistes et de l’ensemble des professionnels intervenant dans la prise en charge précoce des AVC (y compris des AIT).</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830203/fr/accident-vasculaire-cerebral-prise-en-charge-precoce-alerte-phase-prehospitaliere-phase-hospitaliere-initiale-indications-de-la-thrombolyse-intraveineuse-et-de-la-thrombectomie-mecanique</t>
   </si>
   <si>
     <t>c_830203</t>
   </si>
   <si>
-    <t>Management of endometriosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
+    <t>Actualisation de la place des différents examens d’imagerie pour le diagnostic d’endométriose</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont d’aider les professionnels de santé à la prise en soins des femmes susceptibles de présenter une endométriose et de rendre homogène les procédures sur le territoire : Améliorer et homogénéiser les conditions et procédures des examens d’imagerie diagnostique ; Standardisation des compte rendus d’imagerie diagnostique ; Préciser la stratégie d’imagerie : place des différents examens d’imagerie pour le diagnostic d’endométriose.</t>
+  </si>
+  <si>
+    <t>15/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524940/fr/actualisation-de-la-place-des-differents-examens-d-imagerie-pour-le-diagnostic-d-endometriose</t>
+  </si>
+  <si>
+    <t>p_3524940</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de pouvoir proposer à chaque patiente un parcours de soins homogène, coordonné et optimal de la prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>13/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/fr/prise-en-charge-de-l-endometriose</t>
   </si>
   <si>
     <t>c_2819733</t>
   </si>
   <si>
-    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
+  </si>
+  <si>
+    <t>01/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272301/fr/conduite-a-tenir-lors-de-la-decouverte-antenatale-d-une-ventriculomegalie-cerebrale</t>
+  </si>
+  <si>
+    <t>c_272301</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Assessment of the Endotest® saliva test in complex endometriosis diagnosis situations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486036/en/assessment-of-the-endotest-saliva-test-in-complex-endometriosis-diagnosis-situations</t>
+    <t>Évaluation du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose</t>
+  </si>
+  <si>
+    <t>C’est une évaluation technologique portant sur le remboursement par l’Assurance Maladie d’un test biologique de diagnostic dans la salive par séquençage haut débit et qui a vocation à orienter la décision de coelioscopie dans les situations complexes d’endométriose en cas de douleurs pelviennes chroniques. La décision a conduit à une décision d’accès précoce et sécurisée au test via le financement d’une étude clinique complémentaire par le Forfait Innovation pour compléter les données manquantes identifiées au décours de l’étude de validation du fabricant</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2024 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486036/fr/evaluation-du-test-salivaire-endotest-dans-les-situations-complexes-de-diagnostic-d-endometriose</t>
   </si>
   <si>
     <t>p_3486036</t>
   </si>
   <si>
-    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Réévaluation des défibrillateurs cardiaques automatiques implantables avec sonde(s) endocavitaire(s)</t>
+  </si>
+  <si>
+    <t>Réévaluation de la nomenclature des défibrillateurs automatiques implantables avec sonde(s) endocavitaire(s) avec actualisation des spécifications techniques minimales et des modalités de prescription et d’utilisation de ces dispositifs par rapport à la dernière évaluation réalisée en 2015.</t>
+  </si>
+  <si>
+    <t>07/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279467/fr/reevaluation-des-defibrillateurs-cardiaques-automatiques-implantables-avec-sonde-s-endocavitaire-s</t>
+  </si>
+  <si>
+    <t>p_3279467</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
+    <t>Médicaments utilisés dans les formes très actives de sclérose en plaques récurrente</t>
+  </si>
+  <si>
+    <t>Quatre immunosuppresseurs peuvent être utilisés en France dans la sclérose en plaques récurrente (SEP-R) très active associée ou non à une progression du handicap : le natalizumab (TYSABRI), le fingolimod (GILENYA), l’ocrelizumab (OCREVUS) et la mitoxantrone (ELSEP – NOVANTRONE et génériques). Ces spécialités font toutes l’objet d’un plan de gestion des risques.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067012/fr/medicaments-utilises-dans-les-formes-tres-actives-de-sclerose-en-plaques-recurrente</t>
+  </si>
+  <si>
+    <t>p_3067012</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des coronaropathies chroniques stables</t>
+  </si>
+  <si>
+    <t>Cette évaluation est issue de trois demandes différentes : du Ministère de la santé, de l’Assurance maladie et des organismes professionnels de cardiologie et de radiologie. Elle a pour objectif de définir la place des examens non invasifs d’imagerie cardiaque dans la prise en charge diagnostique de la maladie coronarienne stable chez des patients présentant un risque (ou probabilité pré-test) intermédiaire</t>
+  </si>
+  <si>
+    <t>10/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
+    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est d’identifier des examens alternatifs à la scintigraphie de perfusion au technétium 99m en contexte de pénurie pour cet isotope chez la femme enceinte suspecte d’embolie pulmonaire non massive. L’angioscanner et l’échographie veineuse (avec doppler) des membres inférieurs sont les deux examens validés en alternative à la scintigraphie</t>
+  </si>
+  <si>
+    <t>17/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2620035</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation des IRM dédiées et à champ modéré &amp;lt; 1T</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les capacités techniques et l’apport diagnostic des IRM dédiées et à champ modéré de moins de 1T. Cette évaluation a notamment pour but, de préciser la place de ce type d’imagerie dans la pratique médicale compte tenu des caractéristiques techniques, de leur performance diagnostique, des coûts d’implantation et éventuellement des conséquences que pourrait avoir une diffusion élargie de ce type d'installation.</t>
+  </si>
+  <si>
+    <t>01/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2008 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758948/fr/evaluation-des-irm-dediees-et-a-champ-modere-1t</t>
+  </si>
+  <si>
+    <t>c_758948</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 17 septembre 2024</t>
+  </si>
+  <si>
+    <t>04/11/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3553481/fr/cediag-du-17-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3553481</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 septembre 2024</t>
+  </si>
+  <si>
+    <t>18/09/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542599/fr/commission-de-la-transparence-reunion-du-25-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3542599</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juillet 2018</t>
+  </si>
+  <si>
+    <t>18/07/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864771/fr/commission-de-la-transparence-reunion-du-25-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2864771</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2018</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855918/fr/commission-de-la-transparence-reunion-du-20-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2855918</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2015</t>
+  </si>
+  <si>
+    <t>10/02/2015 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011888/fr/commission-de-la-transparence-reunion-du-18-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2011888</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 décembre 2013</t>
+  </si>
+  <si>
+    <t>13/01/2014 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1700705/fr/commission-de-la-transparence-reunion-du-4-decembre-2013</t>
+  </si>
+  <si>
+    <t>c_1700705</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mai 2009</t>
+  </si>
+  <si>
+    <t>13/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_790353/fr/commission-de-la-transparence-reunion-du-13-mai-2009</t>
+  </si>
+  <si>
+    <t>c_790353</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2008</t>
+  </si>
+  <si>
+    <t>06/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_628423/fr/commission-de-la-transparence-reunion-du-6-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_628423</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 avril 2007</t>
+  </si>
+  <si>
+    <t>25/04/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602974/fr/commission-de-la-transparence-reunion-du-25-avril-2007</t>
+  </si>
+  <si>
+    <t>c_602974</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0012/AC/SEM du 14 mars 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité OCREVUS (ocrelizumab)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité OCREVUS (ocrelizumab), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation correspond à « OCREVUS est indiqué dans le traitement des patients adultes atteints de formes actives de sclérose en plaques récurrente (SEP-R) définies par des paramètres cliniques ou d’imagerie ».# # Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>14/03/2018 14:45:00</t>
+  </si>
+  <si>
+    <t>28/03/2018 17:50:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839079/fr/avis-n-2018-0012/ac/sem-du-14-mars-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-ocrevus-ocrelizumab</t>
+  </si>
+  <si>
+    <t>c_2839079</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Rapports d'activité 2024 des commissions et conseil de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS publie son rapport d'activité 2024 ainsi que ceux de ses commissions et conseil (CT, la CNEDiMTS, la CEESP, la CTV, la CSMS, la CEDiag, la CCES, la CRPPI et du CEU). Une année 2024 qui marque un temps fort pour notre institution : ses 20 ans d’existence. Deux décennies d’engagement au service de la qualité des soins et des accompagnements, pendant lesquelles la HAS a su adapter ses missions et ses méthodes pour répondre aux transformations du système de santé, tout en préservant sa double exigence de rigueur scientifique et d’indépendance.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349687/fr/rapports-d-activite-2024-des-commissions-et-conseil-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3349687</t>
+  </si>
+  <si>
+    <t>IPAQSS 2014 - CRR : outils du recueil des indicateurs « compte-rendu radiologique »</t>
+  </si>
+  <si>
+    <t>La page contient les outils du recueil des indicateurs « compte-rendu radiologique ».</t>
+  </si>
+  <si>
+    <t>10/10/2014 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1733792/fr/ipaqss-2014-crr-outils-du-recueil-des-indicateurs-compte-rendu-radiologique</t>
+  </si>
+  <si>
+    <t>c_1733792</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -294,225 +1710,2948 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H58"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>45</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
       <c r="C8" t="s">
         <v>48</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>49</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>50</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
         <v>53</v>
       </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>91</v>
+      </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>93</v>
+      </c>
+      <c r="H16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" t="s">
+        <v>97</v>
+      </c>
+      <c r="E17" t="s">
+        <v>98</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>99</v>
+      </c>
+      <c r="H17" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>104</v>
+      </c>
+      <c r="H18" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>103</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>108</v>
+      </c>
+      <c r="H19" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>112</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>113</v>
+      </c>
+      <c r="H20" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>112</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>117</v>
+      </c>
+      <c r="H21" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>119</v>
+      </c>
+      <c r="C22" t="s">
+        <v>120</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>112</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>121</v>
+      </c>
+      <c r="H22" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>123</v>
+      </c>
+      <c r="C23" t="s">
+        <v>124</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>125</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>126</v>
+      </c>
+      <c r="H23" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>125</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>130</v>
+      </c>
+      <c r="H24" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>132</v>
+      </c>
+      <c r="C25" t="s">
+        <v>133</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>134</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>135</v>
+      </c>
+      <c r="H25" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>137</v>
+      </c>
+      <c r="C26" t="s">
+        <v>138</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>139</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>140</v>
+      </c>
+      <c r="H26" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" t="s">
+        <v>143</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>144</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>145</v>
+      </c>
+      <c r="H27" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
+        <v>147</v>
+      </c>
+      <c r="C28" t="s">
+        <v>148</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>149</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>150</v>
+      </c>
+      <c r="H28" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>152</v>
+      </c>
+      <c r="C29" t="s">
+        <v>153</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>154</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>155</v>
+      </c>
+      <c r="H29" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>157</v>
+      </c>
+      <c r="C30" t="s">
+        <v>158</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>159</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>160</v>
+      </c>
+      <c r="H30" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" t="s">
+        <v>162</v>
+      </c>
+      <c r="C31" t="s">
+        <v>163</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>164</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>165</v>
+      </c>
+      <c r="H31" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" t="s">
+        <v>167</v>
+      </c>
+      <c r="C32" t="s">
+        <v>168</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>169</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>170</v>
+      </c>
+      <c r="H32" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>16</v>
+      </c>
+      <c r="B33" t="s">
+        <v>172</v>
+      </c>
+      <c r="C33" t="s">
+        <v>173</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>169</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>174</v>
+      </c>
+      <c r="H33" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>16</v>
+      </c>
+      <c r="B34" t="s">
+        <v>176</v>
+      </c>
+      <c r="C34" t="s">
+        <v>177</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>169</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>178</v>
+      </c>
+      <c r="H34" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" t="s">
+        <v>180</v>
+      </c>
+      <c r="C35" t="s">
+        <v>181</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>182</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>183</v>
+      </c>
+      <c r="H35" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>16</v>
+      </c>
+      <c r="B36" t="s">
+        <v>185</v>
+      </c>
+      <c r="C36" t="s">
+        <v>186</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>187</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>188</v>
+      </c>
+      <c r="H36" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>16</v>
+      </c>
+      <c r="B37" t="s">
+        <v>190</v>
+      </c>
+      <c r="C37" t="s">
+        <v>191</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>192</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>193</v>
+      </c>
+      <c r="H37" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>16</v>
+      </c>
+      <c r="B38" t="s">
+        <v>195</v>
+      </c>
+      <c r="C38" t="s">
+        <v>196</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>197</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>198</v>
+      </c>
+      <c r="H38" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>16</v>
+      </c>
+      <c r="B39" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" t="s">
+        <v>201</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>202</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>203</v>
+      </c>
+      <c r="H39" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>16</v>
+      </c>
+      <c r="B40" t="s">
+        <v>205</v>
+      </c>
+      <c r="C40" t="s">
+        <v>206</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>207</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>208</v>
+      </c>
+      <c r="H40" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>16</v>
+      </c>
+      <c r="B41" t="s">
+        <v>210</v>
+      </c>
+      <c r="C41" t="s">
+        <v>211</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>212</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>213</v>
+      </c>
+      <c r="H41" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>16</v>
+      </c>
+      <c r="B42" t="s">
+        <v>215</v>
+      </c>
+      <c r="C42" t="s">
+        <v>216</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>212</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>217</v>
+      </c>
+      <c r="H42" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>16</v>
+      </c>
+      <c r="B43" t="s">
+        <v>219</v>
+      </c>
+      <c r="C43" t="s">
+        <v>220</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>212</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>221</v>
+      </c>
+      <c r="H43" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>16</v>
+      </c>
+      <c r="B44" t="s">
+        <v>223</v>
+      </c>
+      <c r="C44" t="s">
+        <v>224</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>225</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>226</v>
+      </c>
+      <c r="H44" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B45" t="s">
+        <v>228</v>
+      </c>
+      <c r="C45" t="s">
+        <v>229</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>225</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>230</v>
+      </c>
+      <c r="H45" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>16</v>
+      </c>
+      <c r="B46" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" t="s">
+        <v>233</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>225</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>234</v>
+      </c>
+      <c r="H46" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>16</v>
+      </c>
+      <c r="B47" t="s">
+        <v>236</v>
+      </c>
+      <c r="C47" t="s">
+        <v>237</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>238</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>239</v>
+      </c>
+      <c r="H47" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>16</v>
+      </c>
+      <c r="B48" t="s">
+        <v>241</v>
+      </c>
+      <c r="C48" t="s">
+        <v>242</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>243</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>244</v>
+      </c>
+      <c r="H48" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>16</v>
+      </c>
+      <c r="B49" t="s">
+        <v>246</v>
+      </c>
+      <c r="C49" t="s">
+        <v>247</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>248</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>249</v>
+      </c>
+      <c r="H49" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>16</v>
+      </c>
+      <c r="B50" t="s">
+        <v>251</v>
+      </c>
+      <c r="C50" t="s">
+        <v>252</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>253</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>254</v>
+      </c>
+      <c r="H50" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>16</v>
+      </c>
+      <c r="B51" t="s">
+        <v>256</v>
+      </c>
+      <c r="C51" t="s">
+        <v>257</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>258</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>259</v>
+      </c>
+      <c r="H51" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>16</v>
+      </c>
+      <c r="B52" t="s">
+        <v>261</v>
+      </c>
+      <c r="C52" t="s">
+        <v>262</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>263</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>264</v>
+      </c>
+      <c r="H52" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>16</v>
+      </c>
+      <c r="B53" t="s">
+        <v>266</v>
+      </c>
+      <c r="C53" t="s">
+        <v>267</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>268</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>269</v>
+      </c>
+      <c r="H53" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>16</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
+        <v>272</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>273</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>274</v>
+      </c>
+      <c r="H54" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>16</v>
+      </c>
+      <c r="B55" t="s">
+        <v>276</v>
+      </c>
+      <c r="C55" t="s">
+        <v>277</v>
+      </c>
+      <c r="D55" t="s">
+        <v>278</v>
+      </c>
+      <c r="E55" t="s">
+        <v>279</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>280</v>
+      </c>
+      <c r="H55" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>16</v>
+      </c>
+      <c r="B56" t="s">
+        <v>282</v>
+      </c>
+      <c r="C56" t="s">
+        <v>283</v>
+      </c>
+      <c r="D56" t="s">
+        <v>284</v>
+      </c>
+      <c r="E56" t="s">
+        <v>285</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>286</v>
+      </c>
+      <c r="H56" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>16</v>
+      </c>
+      <c r="B57" t="s">
+        <v>288</v>
+      </c>
+      <c r="C57" t="s">
+        <v>289</v>
+      </c>
+      <c r="D57" t="s">
+        <v>290</v>
+      </c>
+      <c r="E57" t="s">
+        <v>291</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>292</v>
+      </c>
+      <c r="H57" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>16</v>
+      </c>
+      <c r="B58" t="s">
+        <v>294</v>
+      </c>
+      <c r="C58" t="s">
+        <v>295</v>
+      </c>
+      <c r="D58" t="s">
+        <v>296</v>
+      </c>
+      <c r="E58" t="s">
+        <v>297</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>298</v>
+      </c>
+      <c r="H58" t="s">
+        <v>299</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>300</v>
+      </c>
+      <c r="B2" t="s">
+        <v>301</v>
+      </c>
+      <c r="C2" t="s">
+        <v>302</v>
+      </c>
+      <c r="D2" t="s">
+        <v>303</v>
+      </c>
+      <c r="E2" t="s">
+        <v>304</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>305</v>
+      </c>
+      <c r="H2" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B3" t="s">
+        <v>307</v>
+      </c>
+      <c r="C3" t="s">
+        <v>308</v>
+      </c>
+      <c r="D3" t="s">
+        <v>309</v>
+      </c>
+      <c r="E3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>311</v>
+      </c>
+      <c r="H3" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>300</v>
+      </c>
+      <c r="B4" t="s">
+        <v>313</v>
+      </c>
+      <c r="C4" t="s">
+        <v>314</v>
+      </c>
+      <c r="D4" t="s">
+        <v>315</v>
+      </c>
+      <c r="E4" t="s">
+        <v>316</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>317</v>
+      </c>
+      <c r="H4" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>300</v>
+      </c>
+      <c r="B5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C5" t="s">
+        <v>320</v>
+      </c>
+      <c r="D5" t="s">
+        <v>321</v>
+      </c>
+      <c r="E5" t="s">
+        <v>322</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>323</v>
+      </c>
+      <c r="H5" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>300</v>
+      </c>
+      <c r="B6" t="s">
+        <v>325</v>
+      </c>
+      <c r="C6" t="s">
+        <v>326</v>
+      </c>
+      <c r="D6" t="s">
+        <v>327</v>
+      </c>
+      <c r="E6" t="s">
+        <v>328</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>329</v>
+      </c>
+      <c r="H6" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>300</v>
+      </c>
+      <c r="B7" t="s">
+        <v>331</v>
+      </c>
+      <c r="C7" t="s">
+        <v>332</v>
+      </c>
+      <c r="D7" t="s">
+        <v>333</v>
+      </c>
+      <c r="E7" t="s">
+        <v>334</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>335</v>
+      </c>
+      <c r="H7" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>300</v>
+      </c>
+      <c r="B8" t="s">
+        <v>337</v>
+      </c>
+      <c r="C8" t="s">
+        <v>338</v>
+      </c>
+      <c r="D8" t="s">
+        <v>339</v>
+      </c>
+      <c r="E8" t="s">
+        <v>340</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>341</v>
+      </c>
+      <c r="H8" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>300</v>
+      </c>
+      <c r="B9" t="s">
+        <v>343</v>
+      </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>344</v>
       </c>
       <c r="D9" t="s">
-        <v>55</v>
+        <v>345</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>346</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>348</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>300</v>
+      </c>
+      <c r="B10" t="s">
+        <v>349</v>
+      </c>
+      <c r="C10" t="s">
+        <v>350</v>
+      </c>
+      <c r="D10" t="s">
+        <v>351</v>
+      </c>
+      <c r="E10" t="s">
+        <v>352</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>353</v>
+      </c>
+      <c r="H10" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>300</v>
+      </c>
+      <c r="B11" t="s">
+        <v>355</v>
+      </c>
+      <c r="C11" t="s">
+        <v>356</v>
+      </c>
+      <c r="D11" t="s">
+        <v>357</v>
+      </c>
+      <c r="E11" t="s">
+        <v>358</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>359</v>
+      </c>
+      <c r="H11" t="s">
+        <v>360</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>361</v>
+      </c>
+      <c r="B2" t="s">
+        <v>362</v>
+      </c>
+      <c r="C2" t="s">
+        <v>363</v>
+      </c>
+      <c r="D2" t="s">
+        <v>364</v>
+      </c>
+      <c r="E2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>366</v>
+      </c>
+      <c r="H2" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>361</v>
+      </c>
+      <c r="B3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C3" t="s">
+        <v>369</v>
+      </c>
+      <c r="D3" t="s">
+        <v>370</v>
+      </c>
+      <c r="E3" t="s">
+        <v>371</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>372</v>
+      </c>
+      <c r="H3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>361</v>
+      </c>
+      <c r="B4" t="s">
+        <v>374</v>
+      </c>
+      <c r="C4" t="s">
+        <v>375</v>
+      </c>
+      <c r="D4" t="s">
+        <v>376</v>
+      </c>
+      <c r="E4" t="s">
+        <v>377</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>378</v>
+      </c>
+      <c r="H4" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>361</v>
+      </c>
+      <c r="B5" t="s">
+        <v>380</v>
+      </c>
+      <c r="C5" t="s">
+        <v>381</v>
+      </c>
+      <c r="D5" t="s">
+        <v>376</v>
+      </c>
+      <c r="E5" t="s">
+        <v>382</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>383</v>
+      </c>
+      <c r="H5" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>361</v>
+      </c>
+      <c r="B6" t="s">
+        <v>385</v>
+      </c>
+      <c r="C6" t="s">
+        <v>386</v>
+      </c>
+      <c r="D6" t="s">
+        <v>387</v>
+      </c>
+      <c r="E6" t="s">
+        <v>388</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>389</v>
+      </c>
+      <c r="H6" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>361</v>
+      </c>
+      <c r="B7" t="s">
+        <v>391</v>
+      </c>
+      <c r="C7" t="s">
+        <v>392</v>
+      </c>
+      <c r="D7" t="s">
+        <v>393</v>
+      </c>
+      <c r="E7" t="s">
+        <v>394</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>395</v>
+      </c>
+      <c r="H7" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>361</v>
+      </c>
+      <c r="B8" t="s">
+        <v>397</v>
+      </c>
+      <c r="C8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D8" t="s">
+        <v>399</v>
+      </c>
+      <c r="E8" t="s">
+        <v>400</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>401</v>
+      </c>
+      <c r="H8" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>361</v>
+      </c>
+      <c r="B9" t="s">
+        <v>403</v>
+      </c>
+      <c r="C9" t="s">
+        <v>404</v>
+      </c>
+      <c r="D9" t="s">
+        <v>405</v>
+      </c>
+      <c r="E9" t="s">
+        <v>406</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>407</v>
+      </c>
+      <c r="H9" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>361</v>
+      </c>
+      <c r="B10" t="s">
+        <v>409</v>
+      </c>
+      <c r="C10" t="s">
+        <v>410</v>
+      </c>
+      <c r="D10" t="s">
+        <v>411</v>
+      </c>
+      <c r="E10" t="s">
+        <v>412</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>413</v>
+      </c>
+      <c r="H10" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>361</v>
+      </c>
+      <c r="B11" t="s">
+        <v>415</v>
+      </c>
+      <c r="C11" t="s">
+        <v>416</v>
+      </c>
+      <c r="D11" t="s">
+        <v>417</v>
+      </c>
+      <c r="E11" t="s">
+        <v>418</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>419</v>
+      </c>
+      <c r="H11" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>361</v>
+      </c>
+      <c r="B12" t="s">
+        <v>421</v>
+      </c>
+      <c r="C12" t="s">
+        <v>422</v>
+      </c>
+      <c r="D12" t="s">
+        <v>423</v>
+      </c>
+      <c r="E12" t="s">
+        <v>424</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>425</v>
+      </c>
+      <c r="H12" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>361</v>
+      </c>
+      <c r="B13" t="s">
+        <v>427</v>
+      </c>
+      <c r="C13" t="s">
+        <v>428</v>
+      </c>
+      <c r="D13" t="s">
+        <v>429</v>
+      </c>
+      <c r="E13" t="s">
+        <v>430</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>431</v>
+      </c>
+      <c r="H13" t="s">
+        <v>432</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>434</v>
+      </c>
+      <c r="B2" t="s">
+        <v>435</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>436</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>437</v>
+      </c>
+      <c r="H2" t="s">
+        <v>438</v>
+      </c>
+      <c r="I2" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>434</v>
+      </c>
+      <c r="B3" t="s">
+        <v>440</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>442</v>
+      </c>
+      <c r="H3" t="s">
+        <v>443</v>
+      </c>
+      <c r="I3" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>434</v>
+      </c>
+      <c r="B4" t="s">
+        <v>444</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>445</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>446</v>
+      </c>
+      <c r="H4" t="s">
+        <v>447</v>
+      </c>
+      <c r="I4" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>434</v>
+      </c>
+      <c r="B5" t="s">
+        <v>448</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>449</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>450</v>
+      </c>
+      <c r="H5" t="s">
+        <v>451</v>
+      </c>
+      <c r="I5" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>434</v>
+      </c>
+      <c r="B6" t="s">
+        <v>452</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>453</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>454</v>
+      </c>
+      <c r="H6" t="s">
+        <v>455</v>
+      </c>
+      <c r="I6" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>434</v>
+      </c>
+      <c r="B7" t="s">
+        <v>456</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>457</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>458</v>
+      </c>
+      <c r="H7" t="s">
+        <v>459</v>
+      </c>
+      <c r="I7" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>434</v>
+      </c>
+      <c r="B8" t="s">
+        <v>460</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>461</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>462</v>
+      </c>
+      <c r="H8" t="s">
+        <v>463</v>
+      </c>
+      <c r="I8" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>434</v>
+      </c>
+      <c r="B9" t="s">
+        <v>464</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>465</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>466</v>
+      </c>
+      <c r="H9" t="s">
+        <v>467</v>
+      </c>
+      <c r="I9" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>434</v>
+      </c>
+      <c r="B10" t="s">
+        <v>468</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>469</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>470</v>
+      </c>
+      <c r="H10" t="s">
+        <v>471</v>
+      </c>
+      <c r="I10" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>434</v>
+      </c>
+      <c r="B11" t="s">
+        <v>472</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>473</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>474</v>
+      </c>
+      <c r="H11" t="s">
+        <v>475</v>
+      </c>
+      <c r="I11" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>434</v>
+      </c>
+      <c r="B12" t="s">
+        <v>476</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>477</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>478</v>
+      </c>
+      <c r="H12" t="s">
+        <v>479</v>
+      </c>
+      <c r="I12" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>434</v>
+      </c>
+      <c r="B13" t="s">
+        <v>480</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>481</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>482</v>
+      </c>
+      <c r="H13" t="s">
+        <v>483</v>
+      </c>
+      <c r="I13" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>434</v>
+      </c>
+      <c r="B14" t="s">
+        <v>484</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>485</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>486</v>
+      </c>
+      <c r="H14" t="s">
+        <v>487</v>
+      </c>
+      <c r="I14" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>434</v>
+      </c>
+      <c r="B15" t="s">
+        <v>488</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>489</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>490</v>
+      </c>
+      <c r="H15" t="s">
+        <v>491</v>
+      </c>
+      <c r="I15" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>434</v>
+      </c>
+      <c r="B16" t="s">
+        <v>492</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>493</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>494</v>
+      </c>
+      <c r="H16" t="s">
+        <v>495</v>
+      </c>
+      <c r="I16" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>434</v>
+      </c>
+      <c r="B17" t="s">
+        <v>496</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>497</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>498</v>
+      </c>
+      <c r="H17" t="s">
+        <v>499</v>
+      </c>
+      <c r="I17" t="s">
+        <v>439</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>500</v>
+      </c>
+      <c r="B2" t="s">
+        <v>501</v>
+      </c>
+      <c r="C2" t="s">
+        <v>502</v>
+      </c>
+      <c r="D2" t="s">
+        <v>503</v>
+      </c>
+      <c r="E2" t="s">
+        <v>504</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>505</v>
+      </c>
+      <c r="H2" t="s">
+        <v>506</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>507</v>
+      </c>
+      <c r="B2" t="s">
+        <v>508</v>
+      </c>
+      <c r="C2" t="s">
+        <v>509</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>510</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>511</v>
+      </c>
+      <c r="H2" t="s">
+        <v>512</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>513</v>
+      </c>
+      <c r="B2" t="s">
+        <v>514</v>
+      </c>
+      <c r="C2" t="s">
+        <v>515</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>516</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>517</v>
+      </c>
+      <c r="H2" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>513</v>
+      </c>
+      <c r="B3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C3" t="s">
+        <v>520</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>521</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>522</v>
+      </c>
+      <c r="H3" t="s">
+        <v>523</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>