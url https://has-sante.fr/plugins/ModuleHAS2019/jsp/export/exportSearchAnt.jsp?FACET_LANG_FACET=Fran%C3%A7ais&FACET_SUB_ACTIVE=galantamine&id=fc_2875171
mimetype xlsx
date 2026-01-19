--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,255 +1,985 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="94">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : diagnostic et prise en charge de l'apathie</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique entre dans le cadre du Plan Alzheimer 2008-2012. L’objectif est de définir chez des patients atteints de maladie d’Alzheimer ou maladies apparentées : la démarche diagnostique de l’apathie, qui comprend le diagnostic différentiel avec la dépression et la prise en charge de l’apathie, en précisant notamment les moyens thérapeutiques non médicamenteux.</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2014 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1660673/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge-de-l-apathie</t>
+  </si>
+  <si>
+    <t>c_1660673</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Maladie d’Alzheimer et maladies apparentées : diagnostic et prise en charge</t>
+  </si>
+  <si>
+    <t>Suite au retrait par la Haute Autorité de santé en mai 2011 de la recommandation de bonne pratique « Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées » (publiée en mars 2008), un nouveau groupe de travail s’est vu confié la mission de réviser cette recommandation.</t>
+  </si>
+  <si>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2011 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148883/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1148883</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 24/06/2014</t>
+  </si>
+  <si>
+    <t>24/06/2014 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770268/fr/commission-recommandations-de-bonne-pratique-reunion-du-24/06/2014</t>
+  </si>
+  <si>
+    <t>c_1770268</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité FOSRENOL par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>19/10/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104210/fr/commission-de-la-transparence-reunion-du-19-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1104210</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juillet 2011</t>
+  </si>
+  <si>
+    <t>20/07/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072988/fr/commission-de-la-transparence-reunion-du-20-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1072988</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2007</t>
+  </si>
+  <si>
+    <t>20/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616102/fr/commission-de-la-transparence-reunion-du-20-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616102</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - réunion du 28 février 2007</t>
+  </si>
+  <si>
+    <t>28/02/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594280/fr/commission-de-la-transparence-reunion-du-28-fevrier-2007</t>
+  </si>
+  <si>
+    <t>c_594280</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0204/DC/SEM du 4 septembre 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité LEQEMBI (lécanémab) </t>
+  </si>
+  <si>
+    <t>Refus d’accès précoce de la spécialité LEQEMBI (lécanémab) dans l'indication « Traitement des patients adultes présentant un diagnostic clinique de trouble cognitif léger et de démence au stade léger dus à la maladie d’Alzheimer (maladie d’Alzheimer débutante), non porteurs ou hétérozygotes pour l’allèle ε4 du gène de l’apolipoprotéine E (ApoE ε4) et présentant une pathologie amyloïde confirmée (voir rubrique 4.4 du RCP). »</t>
+  </si>
+  <si>
+    <t>04/09/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>09/09/2025 09:19:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644193/fr/decision-n2025-0204/dc/sem-du-4-septembre-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-leqembi-lecanemab</t>
+  </si>
+  <si>
+    <t>p_3644193</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GALANTAMINE BIOGARAN (galantamine bromhydrate)</t>
+  </si>
+  <si>
+    <t>25/05/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983275/fr/galantamine-biogaran-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983275</t>
+  </si>
+  <si>
+    <t>galantamine bromhydrate</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398953/fr/galantamine-janssen-cilag-4-mg-comprime-pellicule-boite-de-14-galantamine-janssen-cilag-8-mg-comprime-pellicule-galantamine-janssen-cilag-12-mg-comprime-pellicule-boites-de-56-galantamine-janssen-cilag-4-mg/ml-solution-buvable-flacon-de-100-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017837/fr/galantamine-biogaran-lp-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851369/fr/galantamine-biogaran-galantamine-bromhydrate</t>
   </si>
   <si>
     <t>REMINYL (galantamine bromhydrate)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983883/en/reminyl-galantamine-bromhydrate</t>
+    <t>25/01/2017 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983883/fr/reminyl-galantamine-bromhydrate</t>
   </si>
   <si>
     <t>pprd_2983883</t>
   </si>
   <si>
-    <t>galantamine bromhydrate</t>
-[...1 lines deleted...]
-  <si>
     <t>JANSSEN CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400337/en/reminyl-l-p-8-mg-16-mg-24-mg-galantamine-bromhydrate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681026/en/reminyl-galantamine-acetylcholinesterase-inhibitors</t>
+    <t>https://www.has-sante.fr/jcms/c_400337/fr/reminyl-l-p-8-mg-16-mg-24-mg-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593217/fr/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117851/fr/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681026/fr/reminyl-galantamine-inhibiteur-de-l-acetylcholinesterase</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+      <c r="I3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+      <c r="I4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>59</v>
+      </c>
+      <c r="H5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>72</v>
+      </c>
+      <c r="J1" t="s">
+        <v>73</v>
+      </c>
+      <c r="K1" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
+      </c>
+      <c r="I2" t="s">
+        <v>80</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>83</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J3" t="s">
+        <v>89</v>
+      </c>
+      <c r="K3" t="s">
+        <v>90</v>
+      </c>
+      <c r="L3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M3" t="s">
+        <v>92</v>
+      </c>
+      <c r="N3" t="s">
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>