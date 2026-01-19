--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -35,87 +35,87 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/19/2013 15:55:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Assessment of elbow joint implants</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1528391/en/assessment-of-elbow-joint-implants</t>
+    <t>Évaluation des implants de pontage</t>
+  </si>
+  <si>
+    <t>Evaluation des implants de pontage en vue du renouvellement de la prise en charge par l’assurance maladie</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/fr/evaluation-des-implants-de-pontage</t>
   </si>
   <si>
     <t>c_1528391</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>