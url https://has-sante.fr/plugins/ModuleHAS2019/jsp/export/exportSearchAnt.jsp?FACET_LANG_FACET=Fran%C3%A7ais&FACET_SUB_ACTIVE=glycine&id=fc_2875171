--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -167,51 +167,51 @@
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Sclérose Latérale Primitive</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/10/2025 13:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
   </si>
   <si>
     <t>p_3689360</t>
   </si>
   <si>
     <t>Syndrome d’Alport</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SA. Il a été élaboré par le Centre de Référence MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>01/10/2025 10:36:00</t>
+    <t>01/10/2025 11:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689000/fr/syndrome-d-alport</t>
   </si>
   <si>
     <t>p_3689000</t>
   </si>
   <si>
     <t>Syndromes de Willebrand acquis</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>16/05/2025 12:27:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
   </si>
   <si>
     <t>p_3602131</t>
   </si>
   <si>
     <t>Achondroplasie</t>
   </si>