--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -1,2467 +1,301 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ORAL IMPACT - 13 juillet 2010 (2642) avis</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
+  </si>
+  <si>
+    <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
+  </si>
+  <si>
+    <t>12/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2020 11:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>13/07/2010 00:00:00</t>
-[...44 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
+  </si>
+  <si>
+    <t>p_3221567</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...338 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
-  </si>
-[...301 lines deleted...]
-    <t>c_935617</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>13</v>
       </c>
-      <c r="E3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
-[...142 lines deleted...]
-        <v>214</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>195</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>215</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>216</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>217</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>218</v>
-[...185 lines deleted...]
-        <v>249</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1133 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>