--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,239 +1,332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>10/02/2024 11:18:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Examens basés sur l’ADN libre circulant réalisés dans le cadre du dépistage de la trisomie 21. Opportunité du repérage d’autres anomalies chromosomiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence du repérage d’autres anomalies chromosomiques par les examens basés sur l’ADN fœtal libre circulant (ADNflc) dans le sang maternel, réalisés dans le cadre du dépistage de la trisomie 21. La HAS recommande la recherche des trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 et 22 et les anomalies segmentaires non cryptiques par tests ADNflc. L’extension des indications des examens par ADNflc aux femmes présentant un risque augmenté d’aneuploïdies (autre que la T21) est également recommandée.</t>
+  </si>
+  <si>
+    <t>26/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2024 11:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>GONADOTROPHINE CHORIONIQUE ENDO (gonadotrophine chorionique)</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 06 Juillet 2022</t>
+  </si>
+  <si>
+    <t>01/07/2022 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350249/fr/commission-de-la-transparence-reunion-du-06-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3350249</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>FERTISTARTKIT (gonadotrophine ménopausique humaine/gonadotrophine chorionique humaine)</t>
+  </si>
+  <si>
+    <t>10/02/2023 09:08:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411905/fr/fertistartkit-gonadotrophine-menopausique-humaine/gonadotrophine-chorionique-humaine</t>
+  </si>
+  <si>
+    <t>p_3411905</t>
+  </si>
+  <si>
+    <t>gonadotrophine ménopausique humaine,gonadotrophine chorionique humaine</t>
+  </si>
+  <si>
+    <t>IBSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411332/fr/fertistartkit-gonadotrophine-menopausique-humaine/gonadotrophine-chorionique-humaine-hyperstimulation-ovarienne-controlee-hoc</t>
+  </si>
+  <si>
+    <t>GONADOTROPHINE CHORIONIQUE (gonadotrophine chorionique)</t>
   </si>
   <si>
     <t>09/09/2022 16:47:41</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984478/en/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984478/fr/gonadotrophine-chorionique-gonadotrophine-chorionique</t>
   </si>
   <si>
     <t>pprd_2984478</t>
   </si>
   <si>
     <t>gonadotrophine chorionique</t>
   </si>
   <si>
     <t>MSD FRANCE / IBSA Pharma S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_736986/en/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358590/en/gonadotrophine-chorionique-ibsa-gonadotrophine-chorionique-induction-de-l-ovulation-et-assistance-medicale-a-la-procreation</t>
+    <t>https://www.has-sante.fr/jcms/c_736986/fr/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044646/fr/gonadotrophine-chorionique-endo-gonadotrophine-chorionique-stimulant-de-l-ovulation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358590/fr/gonadotrophine-chorionique-ibsa-gonadotrophine-chorionique-induction-de-l-ovulation-et-assistance-medicale-a-la-procreation</t>
   </si>
   <si>
     <t>MENOTROPHINE LG (gonadotrophine chorionique humaine)</t>
   </si>
   <si>
-    <t>01/29/2016 08:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984280/en/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
+    <t>29/01/2016 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984280/fr/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
   </si>
   <si>
     <t>pprd_2984280</t>
   </si>
   <si>
     <t>gonadotrophine chorionique humaine</t>
   </si>
   <si>
     <t>GENEVRIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2583145/en/menotrophine-lg-gonadotrophin-ovulation-stimulant</t>
+    <t>https://www.has-sante.fr/jcms/c_2583145/fr/menotrophine-lg-gonadotrophine-stimulant-de-l-ovulation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -260,229 +353,457 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
-[...14 lines deleted...]
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I3" t="s">
         <v>40</v>
       </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>45</v>
+      </c>
+      <c r="J1" t="s">
+        <v>46</v>
+      </c>
+      <c r="K1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+      <c r="I2" t="s">
+        <v>53</v>
+      </c>
+      <c r="J2" t="s">
+        <v>54</v>
+      </c>
+      <c r="K2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I3" t="s">
+        <v>60</v>
+      </c>
       <c r="J3" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="K3" t="s">
-        <v>42</v>
+        <v>62</v>
+      </c>
+      <c r="L3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M3" t="s">
+        <v>64</v>
+      </c>
+      <c r="N3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H4" t="s">
+        <v>68</v>
+      </c>
+      <c r="I4" t="s">
+        <v>69</v>
+      </c>
+      <c r="J4" t="s">
+        <v>70</v>
+      </c>
+      <c r="K4" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>