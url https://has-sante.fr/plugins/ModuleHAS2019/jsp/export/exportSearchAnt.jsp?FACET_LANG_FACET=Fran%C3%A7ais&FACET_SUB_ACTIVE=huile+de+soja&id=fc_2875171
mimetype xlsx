--- v0 (2025-10-18)
+++ v1 (2025-10-18)
@@ -1,435 +1,1405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NEOCATE SYNEO</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2022 14:27:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315315/fr/neocate-syneo</t>
+  </si>
+  <si>
+    <t>p_3315315</t>
+  </si>
+  <si>
+    <t>Denrées Alimentaires Destinées à des Fins  Médicales Spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE SAS</t>
+  </si>
+  <si>
+    <t>NEOCATE</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2019 09:59:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118700/fr/neocate</t>
+  </si>
+  <si>
+    <t>p_3118700</t>
+  </si>
+  <si>
+    <t>denrée alimentaire destinée à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition orale</t>
+  </si>
+  <si>
+    <t>02/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2014 15:35:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794091/fr/neocate</t>
+  </si>
+  <si>
+    <t>c_1794091</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE</t>
+  </si>
+  <si>
+    <t>16/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2008 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731480/fr/neocate</t>
+  </si>
+  <si>
+    <t>c_731480</t>
+  </si>
+  <si>
+    <t>SHS International France</t>
+  </si>
+  <si>
+    <t>NEOCATE ADVANCE</t>
+  </si>
+  <si>
+    <t>16/12/2008 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731492/fr/neocate-advance</t>
+  </si>
+  <si>
+    <t>c_731492</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_865378/en/assessment-of-breast-implants-tissue-expanders-and-external-breast-prostheses</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des implants mammaires, prothèses d’expansion tissulaire et prothèses externes de sein</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de « prothèse externe de sein, implant mammaire, prothèse d’expansion tissulaire » ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de prothèses externes de sein, implants mammaires, prothèses d’expansion tissulaire ; réévaluer l’intérêt des prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/fr/evaluation-des-implants-mammaires-protheses-d-expansion-tissulaire-et-protheses-externes-de-sein</t>
   </si>
   <si>
     <t>c_865378</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 2 décembre  2020</t>
+  </si>
+  <si>
+    <t>26/11/2020 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220410/fr/commission-de-la-transparence-reunion-a-distance-du-2-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3220410</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité ONGLYZA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>21/09/2011 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1097913/fr/commission-de-la-transparence-reunion-du-21-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1097913</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 novembre 2008</t>
+  </si>
+  <si>
+    <t>26/11/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_719008/fr/commission-de-la-transparence-reunion-du-26-novembre-2008</t>
+  </si>
+  <si>
+    <t>c_719008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 septembre 2008</t>
+  </si>
+  <si>
+    <t>03/09/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_687230/fr/commission-de-la-transparence-reunion-du-3-septembre-2008</t>
+  </si>
+  <si>
+    <t>c_687230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SMOFLIPID (huile de soja raffinée/ triglycérides à chaîne moyenne/ huile d'olive ...)</t>
+  </si>
+  <si>
+    <t>17/12/2020 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985284/fr/smoflipid-huile-de-soja-raffinee/-triglycerides-a-chaine-moyenne/-huile-d-olive</t>
+  </si>
+  <si>
+    <t>pprd_2985284</t>
+  </si>
+  <si>
+    <t>huile de soja raffinée,triglycérides à chaîne moyenne,huile d'olive raffinée,huile de poisson riche en acides oméga 3</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677479/fr/smoflipid-huile-de-soja-raffinee/-triglycerides-a-chaine-moyenne/-huile-d-olive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944562/fr/smoflipid-huile-de-soja-raffinee/-triglycerides-a-chaine-moyenne/-huile-d-olive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224072/fr/smoflipid-huile-de-soja-raffinee/-triglycerides-a-chaine-moyenne/-huile-d-olive</t>
   </si>
   <si>
     <t>PIASCLEDINE (insaponifiable d’huile d’avocat/ insaponifiable d’huile de soja)</t>
   </si>
   <si>
-    <t>07/25/2013 15:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984951/en/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+    <t>25/07/2013 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984951/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
   </si>
   <si>
     <t>pprd_2984951</t>
   </si>
   <si>
     <t>insaponifiable d’huile d’avocat,insaponifiable d’huile de soja</t>
   </si>
   <si>
     <t>EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400942/en/piascledine-300-mg-geluleboite-de-15-gelules-321-495-4</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356131/en/piascledine</t>
+    <t>https://www.has-sante.fr/jcms/c_400942/fr/piascledine-300-mg-geluleboite-de-15-gelules-321-495-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725102/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106850/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356131/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>INTRALIPIDE (huile de soja purifiée (acides gras essentiels))</t>
+  </si>
+  <si>
+    <t>11/11/2009 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985391/fr/intralipide-huile-de-soja-purifiee-acides-gras-essentiels</t>
+  </si>
+  <si>
+    <t>pprd_2985391</t>
+  </si>
+  <si>
+    <t>huile de soja purifiée (acides gras essentiels)</t>
+  </si>
+  <si>
+    <t>Laboratoire FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657523/fr/intralipide-huile-de-soja-purifiee-acides-gras-essentiels</t>
+  </si>
+  <si>
+    <t>RENUTRYL (palmitate de rétinol/ nitrate de thiamine/ riboflavine/ pantothénate de calcium/ chlorhydrate de pyridoxine/ acide ascorbique/ nicotinamide/ oxyde de magnésium lourd/ chlorure de potassium/ sulfate de manganèse monohydraté/ sulfate ferreux/ caséinate de sodium/ lactoprotéines/ levures lactiques/ lait sec écrémé/ huile de soja/ huile de beurre/ sirop de glucose déshydraté/ saccharose)</t>
+  </si>
+  <si>
+    <t>13/12/2006 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985476/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>pprd_2985476</t>
+  </si>
+  <si>
+    <t>palmitate de rétinol,nitrate de thiamine,riboflavine,pantothénate de calcium,chlorhydrate de pyridoxine,acide ascorbique,nicotinamide,oxyde de magnésium lourd,chlorure de potassium,sulfate de manganèse monohydraté,sulfate ferreux,caséinate de sodium,lactoprotéines,levures lactiques,lait sec écrémé,huile de soja,huile de beurre,sirop de glucose déshydraté,saccharose</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474588/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>LIPIDEM (triglycérides à chaîne moyenne/ huile de soja purifiée/ triglycérides à acide gras de la série oméga-3)</t>
+  </si>
+  <si>
+    <t>04/10/2006 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985522/fr/lipidem-triglycerides-a-chaine-moyenne/-huile-de-soja-purifiee/-triglycerides-a-acide-gras-de-la-serie-omega-3</t>
+  </si>
+  <si>
+    <t>pprd_2985522</t>
+  </si>
+  <si>
+    <t>triglycérides à chaîne moyenne,huile de soja purifiée,triglycérides à acide gras de la série oméga-3</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455904/fr/lipidem-triglycerides-a-chaine-moyenne/-huile-de-soja-purifiee/-triglycerides-a-acide-gras-de-la-serie-omega-3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>25</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I4" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>81</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H6" t="s">
+        <v>84</v>
+      </c>
+      <c r="I6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>86</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>87</v>
+      </c>
+      <c r="H7" t="s">
+        <v>88</v>
+      </c>
+      <c r="I7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>90</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>91</v>
+      </c>
+      <c r="H8" t="s">
+        <v>92</v>
+      </c>
+      <c r="I8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>93</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+      <c r="I2" t="s">
+        <v>100</v>
       </c>
       <c r="J2" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="K2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="L2" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="M2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>104</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
+        <v>108</v>
+      </c>
+      <c r="I3" t="s">
+        <v>109</v>
+      </c>
+      <c r="J3" t="s">
+        <v>110</v>
+      </c>
+      <c r="K3" t="s">
+        <v>111</v>
+      </c>
+      <c r="L3" t="s">
+        <v>112</v>
+      </c>
+      <c r="M3" t="s">
+        <v>113</v>
+      </c>
+      <c r="N3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>117</v>
+      </c>
+      <c r="H4" t="s">
+        <v>118</v>
+      </c>
+      <c r="I4" t="s">
+        <v>119</v>
+      </c>
+      <c r="J4" t="s">
+        <v>120</v>
+      </c>
+      <c r="K4" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>95</v>
+      </c>
+      <c r="B5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>123</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H5" t="s">
+        <v>125</v>
+      </c>
+      <c r="I5" t="s">
+        <v>126</v>
+      </c>
+      <c r="J5" t="s">
+        <v>127</v>
+      </c>
+      <c r="K5" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B6" t="s">
+        <v>129</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>130</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>131</v>
+      </c>
+      <c r="H6" t="s">
+        <v>132</v>
+      </c>
+      <c r="I6" t="s">
+        <v>133</v>
+      </c>
+      <c r="J6" t="s">
+        <v>134</v>
+      </c>
+      <c r="K6" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>