--- v0 (2025-10-16)
+++ v1 (2026-01-19)
@@ -1,170 +1,290 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/04/2020 12:28:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3067004/en/anaesthesia-techniques-for-lens-surgery-inahta-brief</t>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Techniques d’anesthésie des actes chirurgicaux portant sur le cristallin</t>
+  </si>
+  <si>
+    <t>La plupart des chirurgies du cristallin concernent la cataracte. La HAS considère que l’anesthésie topique, avec ou sans sédation, est la technique anesthésique de référence en 1re intention. Le choix de la technique doit se faire en concertation entre le patient, le chirurgien et l’anesthésiste-réanimateur. La HAS préconise un parcours de soins prévoyant une consultation d’anesthésie préopératoire et une surveillance médicale peropératoire. La surveillance devra être assurée par un anesthésiste-réanimateur présent sur site.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2020 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067004/fr/techniques-d-anesthesie-des-actes-chirurgicaux-portant-sur-le-cristallin</t>
   </si>
   <si>
     <t>p_3067004</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 février 2025</t>
+  </si>
+  <si>
+    <t>05/02/2025 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588671/fr/commission-de-la-transparence-reunion-du-12-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3588671</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 décembre 2017</t>
+  </si>
+  <si>
+    <t>29/11/2017 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808279/fr/commission-de-la-transparence-reunion-du-6-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2808279</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 juillet 2017</t>
+  </si>
+  <si>
+    <t>28/06/2017 14:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777371/fr/commission-de-la-transparence-reunion-du-5-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2777371</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -174,78 +294,395 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+      <c r="I2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H3" t="s">
+        <v>50</v>
+      </c>
+      <c r="I3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H4" t="s">
+        <v>54</v>
+      </c>
+      <c r="I4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>