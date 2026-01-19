--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -35,87 +35,87 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...2 lines deleted...]
-    <t>09/07/2019 15:03:00</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Press release</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3066934/en/homeopathic-medicines-insufficient-therapeutic-efficacy-for-reimbursement</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Médicaments homéopathiques : une efficacité insuffisante pour être proposés au remboursement</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé a évalué le bien-fondé du maintien au remboursement des médicaments homéopathiques. Au terme de la première évaluation scientifique française de ces médicaments, la commission de la transparence rend un avis défavorable à leur prise en charge par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>28/06/2019 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066934/fr/medicaments-homeopathiques-une-efficacite-insuffisante-pour-etre-proposes-au-remboursement</t>
   </si>
   <si>
     <t>p_3066934</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>