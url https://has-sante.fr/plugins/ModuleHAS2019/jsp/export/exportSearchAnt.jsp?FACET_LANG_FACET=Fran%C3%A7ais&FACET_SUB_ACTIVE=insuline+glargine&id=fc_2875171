--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,493 +1,1538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="149">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/15/2003 16:51:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
+  </si>
+  <si>
+    <t>p_3496700</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>INSULET France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983295/en/lantus-toujeo</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 19 janvier 2022</t>
+  </si>
+  <si>
+    <t>12/01/2022 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309308/fr/commission-de-la-transparence-reunion-du-19-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3309308</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 10 juin 2020</t>
+  </si>
+  <si>
+    <t>04/06/2020 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188036/fr/commission-de-la-transparence-reunion-a-distance-du-10-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3188036</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juillet 2018</t>
+  </si>
+  <si>
+    <t>04/07/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861373/fr/commission-de-la-transparence-reunion-du-11-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2861373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 octobre 2015</t>
+  </si>
+  <si>
+    <t>30/09/2015 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558901/fr/commission-de-la-transparence-reunion-du-7-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2558901</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 septembre 2015</t>
+  </si>
+  <si>
+    <t>18/09/2015 13:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060953/fr/commission-de-la-transparence-reunion-du-23-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2060953</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2014</t>
+  </si>
+  <si>
+    <t>20/10/2014 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769248/fr/commission-de-la-transparence-reunion-du-22-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1769248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 juillet 2014</t>
+  </si>
+  <si>
+    <t>18/07/2014 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754785/fr/commission-de-la-transparence-reunion-du-23-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1754785</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mai 2014</t>
+  </si>
+  <si>
+    <t>30/04/2014 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739113/fr/commission-de-la-transparence-reunion-du-7-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1739113</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 décembre 2013</t>
+  </si>
+  <si>
+    <t>13/01/2014 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1700705/fr/commission-de-la-transparence-reunion-du-4-decembre-2013</t>
+  </si>
+  <si>
+    <t>c_1700705</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2011</t>
+  </si>
+  <si>
+    <t>25/05/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058006/fr/commission-de-la-transparence-reunion-du-25-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1058006</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er décembre 2010</t>
+  </si>
+  <si>
+    <t>01/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003851/fr/commission-de-la-transparence-reunion-du-1er-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1003851</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 janvier 2009</t>
+  </si>
+  <si>
+    <t>21/01/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_735690/fr/commission-de-la-transparence-reunion-du-21-janvier-2009</t>
+  </si>
+  <si>
+    <t>c_735690</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2008</t>
+  </si>
+  <si>
+    <t>29/10/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_714239/fr/commission-de-la-transparence-reunion-du-29-octobre-2008</t>
+  </si>
+  <si>
+    <t>c_714239</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TOUJEO (insuline glargine)</t>
+  </si>
+  <si>
+    <t>10/02/2022 14:05:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983295/fr/toujeo-insuline-glargine</t>
   </si>
   <si>
     <t>pprd_2983295</t>
   </si>
   <si>
     <t>insuline glargine</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2848651/en/lantus-toujeo-insuline-glargine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315981/en/toujeo-solostar-insuline-glargine</t>
+    <t>https://www.has-sante.fr/jcms/c_2848651/fr/lantus-toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569089/fr/toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098014/fr/toujeo-doublestar-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194972/fr/toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315981/fr/toujeo-solostar-insuline-glargine</t>
   </si>
   <si>
     <t>SULIQUA (insuline glargine/ lixisénatide)</t>
   </si>
   <si>
-    <t>08/26/2021 15:35:26</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983151/en/suliqua-insuline-glargine/-lixisenatide</t>
+    <t>26/08/2021 15:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983151/fr/suliqua-insuline-glargine/-lixisenatide</t>
   </si>
   <si>
     <t>pprd_2983151</t>
   </si>
   <si>
     <t>insuline glargine,lixisénatide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2867443/en/suliqua-insulin-glargine/-lixisenatide-antidiabetic</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3195251/en/copie-de-lantus-toujeo</t>
+    <t>https://www.has-sante.fr/jcms/c_2867443/fr/suliqua-insuline-glargine/-lixisenatide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282776/fr/suliqua-insuline-glargine/lixisenatide-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>LANTUS (insuline glargine)</t>
+  </si>
+  <si>
+    <t>09/05/2018 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195251/fr/lantus-insuline-glargine</t>
   </si>
   <si>
     <t>p_3195251</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399776/en/lantus-insuline-glargine</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1749754/en/lantus</t>
+    <t>https://www.has-sante.fr/jcms/c_399776/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399876/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748385/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062696/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722903/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749754/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>ABASAGLAR (insuline glargine)</t>
+  </si>
+  <si>
+    <t>03/06/2016 15:03:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984101/fr/abasaglar-insuline-glargine</t>
+  </si>
+  <si>
+    <t>pprd_2984101</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569216/fr/abasaglar-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635031/fr/abasaglar-insuline-glargine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="J2" t="s">
         <v>25</v>
-      </c>
-[...13 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
         <v>31</v>
       </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H3" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I3" t="s">
-        <v>35</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="I4" t="s">
-        <v>24</v>
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6" t="s">
+        <v>54</v>
+      </c>
+      <c r="I6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+      <c r="I7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8" t="s">
+        <v>62</v>
+      </c>
+      <c r="I8" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9" t="s">
+        <v>66</v>
+      </c>
+      <c r="I9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H10" t="s">
+        <v>70</v>
+      </c>
+      <c r="I10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>73</v>
+      </c>
+      <c r="H11" t="s">
+        <v>74</v>
+      </c>
+      <c r="I11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>77</v>
+      </c>
+      <c r="H12" t="s">
+        <v>78</v>
+      </c>
+      <c r="I12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>81</v>
+      </c>
+      <c r="H13" t="s">
+        <v>82</v>
+      </c>
+      <c r="I13" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" t="s">
+        <v>86</v>
+      </c>
+      <c r="I14" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>89</v>
+      </c>
+      <c r="H15" t="s">
+        <v>90</v>
+      </c>
+      <c r="I15" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>93</v>
+      </c>
+      <c r="H16" t="s">
+        <v>94</v>
+      </c>
+      <c r="I16" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" t="s">
+        <v>98</v>
+      </c>
+      <c r="I17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H18" t="s">
+        <v>102</v>
+      </c>
+      <c r="I18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>104</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>105</v>
+      </c>
+      <c r="H19" t="s">
+        <v>106</v>
+      </c>
+      <c r="I19" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>33</v>
+      </c>
+      <c r="B20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>108</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>109</v>
+      </c>
+      <c r="H20" t="s">
+        <v>110</v>
+      </c>
+      <c r="I20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>111</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+      <c r="I2" t="s">
+        <v>118</v>
+      </c>
+      <c r="J2" t="s">
+        <v>119</v>
+      </c>
+      <c r="K2" t="s">
+        <v>120</v>
+      </c>
+      <c r="L2" t="s">
+        <v>121</v>
+      </c>
+      <c r="M2" t="s">
+        <v>122</v>
+      </c>
+      <c r="N2" t="s">
+        <v>123</v>
+      </c>
+      <c r="O2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>127</v>
+      </c>
+      <c r="H3" t="s">
+        <v>128</v>
+      </c>
+      <c r="I3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J3" t="s">
+        <v>119</v>
+      </c>
+      <c r="K3" t="s">
+        <v>130</v>
+      </c>
+      <c r="L3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>134</v>
+      </c>
+      <c r="H4" t="s">
+        <v>135</v>
+      </c>
+      <c r="I4" t="s">
+        <v>118</v>
       </c>
       <c r="J4" t="s">
-        <v>25</v>
+        <v>119</v>
       </c>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>136</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>138</v>
       </c>
       <c r="N4" t="s">
-        <v>45</v>
+        <v>139</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>140</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="Q4" t="s">
-        <v>26</v>
+        <v>120</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>113</v>
+      </c>
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>143</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>144</v>
+      </c>
+      <c r="H5" t="s">
+        <v>145</v>
+      </c>
+      <c r="I5" t="s">
+        <v>118</v>
+      </c>
+      <c r="J5" t="s">
+        <v>146</v>
+      </c>
+      <c r="K5" t="s">
+        <v>147</v>
+      </c>
+      <c r="L5" t="s">
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>