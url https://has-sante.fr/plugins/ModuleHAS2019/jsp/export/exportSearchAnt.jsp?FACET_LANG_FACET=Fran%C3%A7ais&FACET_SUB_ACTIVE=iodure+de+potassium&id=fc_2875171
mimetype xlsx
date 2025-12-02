--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,349 +1,856 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="85">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>KETO-DIASTIX</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>09/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 17:02:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260506/fr/keto-diastix</t>
+  </si>
+  <si>
+    <t>p_3260506</t>
+  </si>
+  <si>
+    <t>Bandelettes réactives pour la détermination du glucose et des  corps cétoniques dans les urines</t>
+  </si>
+  <si>
+    <t>ASCENSIA DIABETES CARE FRANCE</t>
+  </si>
+  <si>
+    <t>Bandelette urinaire</t>
+  </si>
+  <si>
+    <t>08/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2013 16:39:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652864/fr/keto-diastix</t>
+  </si>
+  <si>
+    <t>c_1652864</t>
+  </si>
+  <si>
+    <t>BAYER SANTE DIVISION DIABETES CARE</t>
+  </si>
+  <si>
+    <t>Bandelettes réactives pour la recherche du glucose et des corps cétoniques dans l'urine</t>
+  </si>
+  <si>
+    <t>15/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2008 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356065/fr/keto-diastix</t>
+  </si>
+  <si>
+    <t>c_1356065</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE LLC</t>
+  </si>
+  <si>
+    <t>KETO-DIABUR</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2007 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497023/fr/keto-diabur</t>
+  </si>
+  <si>
+    <t>c_497023</t>
+  </si>
+  <si>
+    <t>ROCHE Diagnostics (France)</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497033/fr/keto-diastix</t>
+  </si>
+  <si>
+    <t>c_497033</t>
+  </si>
+  <si>
+    <t>BAYER Diagnostics (France)</t>
+  </si>
+  <si>
+    <t>CLINISTIX</t>
+  </si>
+  <si>
+    <t>07/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2007 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_496020/fr/clinistix</t>
+  </si>
+  <si>
+    <t>c_496020</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 avril 2025</t>
+  </si>
+  <si>
+    <t>03/04/2025 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3600189</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>30/04/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
   </si>
   <si>
     <t>JUNIMIN (gluconate de manganèse/ gluconate de cuivre/ gluconate de zinc/ séléni...)</t>
   </si>
   <si>
-    <t>10/18/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983543/en/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
+    <t>18/10/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983543/fr/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
   </si>
   <si>
     <t>pprd_2983543</t>
   </si>
   <si>
     <t>gluconate de manganèse,gluconate de cuivre,gluconate de zinc,sélénite de sodium,iodure de potassium</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788653/en/junimin-copper-iodine-manganese-selenium-zinc-trace-elements</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985566/en/iodence</t>
+    <t>https://www.has-sante.fr/jcms/c_2788653/fr/junimin-cuivre-iode-manganese-selenium-zinc-oligo-elements</t>
+  </si>
+  <si>
+    <t>NUTRYELT (molybdate de sodium/ gluconate de manganèse/ fluorure de sodium/ iodur...)</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984360/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>pprd_2984360</t>
+  </si>
+  <si>
+    <t>molybdate de sodium,gluconate de manganèse,fluorure de sodium,iodure de potassium,gluconate de cuivre,chlorure chromique,gluconate ferreux,gluconate de zinc,sélénite de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028095/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564426/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>IODENCE (iodure de potassium)</t>
+  </si>
+  <si>
+    <t>19/07/2006 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985566/fr/iodence-iodure-de-potassium</t>
   </si>
   <si>
     <t>pprd_2985566</t>
   </si>
   <si>
     <t>iodure de potassium</t>
   </si>
   <si>
     <t>Laboratoires MERCK SANTE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_443482/en/iodence</t>
+    <t>https://www.has-sante.fr/jcms/c_443482/fr/iodence-iodure-de-potassium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K4"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="K2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
         <v>11</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J3" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>25</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+      <c r="I2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H2" t="s">
+        <v>60</v>
+      </c>
+      <c r="I2" t="s">
+        <v>61</v>
+      </c>
+      <c r="J2" t="s">
+        <v>62</v>
+      </c>
+      <c r="K2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+      <c r="I3" t="s">
+        <v>68</v>
+      </c>
+      <c r="J3" t="s">
+        <v>69</v>
+      </c>
+      <c r="K3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>56</v>
+      </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="H4" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="I4" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="J4" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="K4" t="s">
-        <v>33</v>
+        <v>76</v>
+      </c>
+      <c r="L4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>80</v>
+      </c>
+      <c r="H5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I5" t="s">
+        <v>82</v>
+      </c>
+      <c r="J5" t="s">
+        <v>83</v>
+      </c>
+      <c r="K5" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>