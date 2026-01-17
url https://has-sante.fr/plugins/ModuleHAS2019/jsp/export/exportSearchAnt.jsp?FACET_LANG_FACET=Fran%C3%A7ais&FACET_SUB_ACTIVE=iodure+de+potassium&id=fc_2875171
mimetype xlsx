--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -1,65 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -156,50 +159,71 @@
     <t>10/01/2007 10:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_497033/fr/keto-diastix</t>
   </si>
   <si>
     <t>c_497033</t>
   </si>
   <si>
     <t>BAYER Diagnostics (France)</t>
   </si>
   <si>
     <t>CLINISTIX</t>
   </si>
   <si>
     <t>07/02/2007 00:00:00</t>
   </si>
   <si>
     <t>07/02/2007 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_496020/fr/clinistix</t>
   </si>
   <si>
     <t>c_496020</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 9 avril 2025</t>
   </si>
   <si>
     <t>03/04/2025 17:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
   </si>
   <si>
     <t>p_3600189</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
@@ -315,51 +339,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -558,299 +582,365 @@
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>45</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>12</v>
       </c>
       <c r="J7" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="I2" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="H2" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="I2" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="J2" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="K2" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H3" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="I3" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="J3" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="K3" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="H4" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="I4" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="J4" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="K4" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="L4" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B5" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="H5" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I5" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="J5" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="K5" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>