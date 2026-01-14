--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,410 +1,801 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="76">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/22/2021 11:48:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 août 2024</t>
+  </si>
+  <si>
+    <t>23/08/2024 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537446/fr/commission-de-la-transparence-reunion-du-28-aout-2024</t>
+  </si>
+  <si>
+    <t>p_3537446</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 janvier 2024</t>
+  </si>
+  <si>
+    <t>24/01/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490814/fr/commission-de-la-transparence-reunion-du-31-janvier-2024</t>
+  </si>
+  <si>
+    <t>p_3490814</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 avril 2013</t>
+  </si>
+  <si>
+    <t>17/04/2013 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1521840/fr/commission-de-la-transparence-reunion-du-17-avril-2013</t>
+  </si>
+  <si>
+    <t>c_1521840</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>OMNIPAQUE (iohexol)</t>
   </si>
   <si>
-    <t>10/09/2024 08:50:29</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983529/en/omnipaque-iohexol</t>
+    <t>09/10/2024 08:50:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983529/fr/omnipaque-iohexol</t>
   </si>
   <si>
     <t>pprd_2983529</t>
   </si>
   <si>
     <t>iohexol</t>
   </si>
   <si>
     <t>GE HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474455/en/omnipaque-iohexol</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546286/en/omnipaque-iohexol-contrast-medium-for-contrast-enhanced</t>
+    <t>https://www.has-sante.fr/jcms/c_474455/fr/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621570/fr/omnipaque-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729425/fr/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794112/fr/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118410/fr/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497017/fr/omnipaque-iohexol-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546286/fr/omnipaque-iohexol-produit-de-contraste-iode</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="J1" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="K1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="I2" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="J2" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="K2" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="L2" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="M2" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="N2" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="O2" t="s">
-        <v>36</v>
+        <v>73</v>
       </c>
       <c r="P2" t="s">
-        <v>36</v>
+        <v>73</v>
       </c>
       <c r="Q2" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="R2" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>