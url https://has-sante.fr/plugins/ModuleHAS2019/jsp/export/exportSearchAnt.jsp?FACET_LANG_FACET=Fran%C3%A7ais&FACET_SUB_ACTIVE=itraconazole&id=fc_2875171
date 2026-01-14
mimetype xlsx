--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,232 +1,619 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="272" uniqueCount="166">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Hypertension artérielle pulmonaire (HTAP)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 5 : hypertension artérielle pulmonaire (HTAP).</t>
+  </si>
+  <si>
+    <t>01/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_612644/fr/ald-n-5-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>c_612644</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques pour les personnes dépendantes des opiacés : place des traitements de substitution</t>
+  </si>
+  <si>
+    <t>L’objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les finalités et les résultats attendus des traitements de substitution des opiacés ? Quels sont les résultats obtenus par les traitements de substitution des opiacés ? Quelles sont les indications des médicaments de substitution des opiacés ? Quelles sont les modalités de prise en charge nécessaires à la mise en oeuvre et au suivi des traitements de substitution des opiacés ? Quand et comment les modalités d'un traitement de substitution des opiacés doivent-elles être adaptées en pratique ? Comment promouvoir la qualité des pratiques professionnelles dans la prise en charge des patients bénéficiant d'un traitement de substitution des opiacés ?</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272358/fr/strategies-therapeutiques-pour-les-personnes-dependantes-des-opiaces-place-des-traitements-de-substitution</t>
+  </si>
+  <si>
+    <t>c_272358</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
+  </si>
+  <si>
+    <t>Ce travail a porté sur l’évaluation des propositions de modification des libellés concernant le diagnostic biologique de candidose. Cette demande concernait uniquement la recherche des anticorps sériques anti-Candida et des antigènes solubles et ne traite pas des actes d’identification mycologique.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
+  </si>
+  <si>
+    <t>Quelle place pour la solifénacine (Vésicare®) dans l’incontinence urinaire et l’impériosité mictionnelle ?</t>
+  </si>
+  <si>
+    <t>La solifénacine est un anticholinergique indiqué dans le traitement symptomatique de l’incontinence urinaire par impériosité et/ou de la pollakiurie et de l’impériosité mictionnelle (urgenturie) pouvant s’observer chez les patients souffrant d’hyperactivité vésicale.</t>
+  </si>
+  <si>
+    <t>01/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439701/fr/quelle-place-pour-la-solifenacine-vesicare-dans-l-incontinence-urinaire-et-l-imperiosite-mictionnelle</t>
+  </si>
+  <si>
+    <t>r_1439701</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2015</t>
+  </si>
+  <si>
+    <t>15/07/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046188/fr/commission-de-la-transparence-reunion-du-22-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2046188</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 septembre 2009</t>
+  </si>
+  <si>
+    <t>09/09/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840805/fr/commission-de-la-transparence-reunion-du-9-septembre-2009</t>
+  </si>
+  <si>
+    <t>c_840805</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SPORANOX (itraconazole)</t>
+  </si>
+  <si>
+    <t>15/06/2017 09:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983593/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>pprd_2983593</t>
+  </si>
+  <si>
+    <t>itraconazole</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400277/fr/sporanox-10-mg/ml-solution-a-diluer-et-solvant-pour-perfusion-ampoule-de-25-ml-de-solution-a-diluer-poche-de-50-ml-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456580/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1247873/fr/sporanox-itraconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773806/fr/sporanox-itraconazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -242,145 +629,925 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C7" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H7" t="s">
         <v>39</v>
       </c>
-      <c r="H6" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
         <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>72</v>
+      </c>
+      <c r="H13" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D3" t="s">
+        <v>83</v>
+      </c>
+      <c r="E3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>74</v>
+      </c>
+      <c r="B4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D4" t="s">
+        <v>89</v>
+      </c>
+      <c r="E4" t="s">
+        <v>90</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>91</v>
+      </c>
+      <c r="H4" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B5" t="s">
+        <v>93</v>
+      </c>
+      <c r="C5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E5" t="s">
+        <v>96</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>97</v>
+      </c>
+      <c r="H5" t="s">
+        <v>98</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>104</v>
+      </c>
+      <c r="H2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D3" t="s">
+        <v>108</v>
+      </c>
+      <c r="E3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>110</v>
+      </c>
+      <c r="H3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D4" t="s">
+        <v>114</v>
+      </c>
+      <c r="E4" t="s">
+        <v>115</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>116</v>
+      </c>
+      <c r="H4" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E5" t="s">
+        <v>121</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>122</v>
+      </c>
+      <c r="H5" t="s">
+        <v>123</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>128</v>
+      </c>
+      <c r="H2" t="s">
+        <v>129</v>
+      </c>
+      <c r="I2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>133</v>
+      </c>
+      <c r="H3" t="s">
+        <v>134</v>
+      </c>
+      <c r="I3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>136</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>137</v>
+      </c>
+      <c r="H4" t="s">
+        <v>138</v>
+      </c>
+      <c r="I4" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>125</v>
+      </c>
+      <c r="B5" t="s">
+        <v>139</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>140</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>141</v>
+      </c>
+      <c r="H5" t="s">
+        <v>142</v>
+      </c>
+      <c r="I5" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>125</v>
+      </c>
+      <c r="B6" t="s">
+        <v>143</v>
+      </c>
+      <c r="C6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>146</v>
+      </c>
+      <c r="H6" t="s">
+        <v>147</v>
+      </c>
+      <c r="I6" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>125</v>
+      </c>
+      <c r="B7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>149</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>150</v>
+      </c>
+      <c r="H7" t="s">
+        <v>151</v>
+      </c>
+      <c r="I7" t="s">
+        <v>130</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>152</v>
+      </c>
+      <c r="J1" t="s">
+        <v>153</v>
+      </c>
+      <c r="K1" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>155</v>
+      </c>
+      <c r="B2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>158</v>
+      </c>
+      <c r="H2" t="s">
+        <v>159</v>
+      </c>
+      <c r="I2" t="s">
+        <v>160</v>
+      </c>
+      <c r="J2" t="s">
+        <v>161</v>
+      </c>
+      <c r="K2" t="s">
+        <v>162</v>
+      </c>
+      <c r="L2" t="s">
+        <v>163</v>
+      </c>
+      <c r="M2" t="s">
+        <v>164</v>
+      </c>
+      <c r="N2" t="s">
+        <v>165</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>