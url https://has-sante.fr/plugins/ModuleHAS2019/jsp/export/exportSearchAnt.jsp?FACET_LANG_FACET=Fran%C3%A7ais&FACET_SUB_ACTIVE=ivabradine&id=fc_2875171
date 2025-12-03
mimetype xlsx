--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,342 +1,1512 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="143">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 17:14:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NAVVUS CATHETER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2019 15:12:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108973/fr/navvus-catheter</t>
+  </si>
+  <si>
+    <t>p_3108973</t>
+  </si>
+  <si>
+    <t>système à échange rapide de mesure de la fraction du flux de réserve coronarien (FFR)</t>
+  </si>
+  <si>
+    <t>ACIST EUROPE</t>
+  </si>
+  <si>
+    <t>VERRATA &amp; VERRATA PLUS</t>
+  </si>
+  <si>
+    <t>Guide de mesure de la fraction de flux de réserve coronaire (FFR)</t>
+  </si>
+  <si>
+    <t>21/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2017 17:27:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752875/fr/verrata-verrata-plus</t>
+  </si>
+  <si>
+    <t>c_2752875</t>
+  </si>
+  <si>
+    <t>PHILIPS / VOLCANO</t>
+  </si>
+  <si>
+    <t>OPTIMIZER IVs</t>
+  </si>
+  <si>
+    <t>Stimulateur cardiaque implantable rechargeable, pour modulation de la contractilité cardiaque</t>
+  </si>
+  <si>
+    <t>21/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2017 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747013/fr/optimizer-ivs</t>
+  </si>
+  <si>
+    <t>c_2747013</t>
+  </si>
+  <si>
+    <t>IMPULSE DYNAMICS GmbH</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
+    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/02/2022 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
+  </si>
+  <si>
+    <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la mesure de fraction du flux de réserve coronarien (FFR), au cours d’une coronarographie, pour une sténose intermédiaire d’un vaisseau coronaire, en vue d’une inscription de l’acte à la Liste des actes et prestations (LAP)</t>
+  </si>
+  <si>
+    <t>22/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mai 2012</t>
+  </si>
+  <si>
+    <t>23/05/2012 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1249262/fr/commission-de-la-transparence-reunion-du-23-mai-2012</t>
+  </si>
+  <si>
+    <t>c_1249262</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2011</t>
+  </si>
+  <si>
+    <t>06/04/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1034010/fr/commission-de-la-transparence-reunion-du-6-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1034010</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2007</t>
+  </si>
+  <si>
+    <t>18/04/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592925/fr/commission-de-la-transparence-reunion-du-18-avril-2007</t>
+  </si>
+  <si>
+    <t>c_592925</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>04/30/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>30/04/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-        <v>22</v>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
         <v>27</v>
       </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+      <c r="I2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>82</v>
+      </c>
+      <c r="B4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>95</v>
+      </c>
+      <c r="H4" t="s">
+        <v>96</v>
+      </c>
+      <c r="I4" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>99</v>
+      </c>
+      <c r="H5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I5" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B6" t="s">
+        <v>101</v>
+      </c>
+      <c r="C6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H6" t="s">
+        <v>105</v>
+      </c>
+      <c r="I6" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>82</v>
+      </c>
+      <c r="B7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>107</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>108</v>
+      </c>
+      <c r="H7" t="s">
+        <v>109</v>
+      </c>
+      <c r="I7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>82</v>
+      </c>
+      <c r="B8" t="s">
+        <v>110</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>111</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>112</v>
+      </c>
+      <c r="H8" t="s">
+        <v>113</v>
+      </c>
+      <c r="I8" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>114</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>115</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>116</v>
+      </c>
+      <c r="H9" t="s">
+        <v>117</v>
+      </c>
+      <c r="I9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>136</v>
+      </c>
+      <c r="H2" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>141</v>
+      </c>
+      <c r="H3" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>