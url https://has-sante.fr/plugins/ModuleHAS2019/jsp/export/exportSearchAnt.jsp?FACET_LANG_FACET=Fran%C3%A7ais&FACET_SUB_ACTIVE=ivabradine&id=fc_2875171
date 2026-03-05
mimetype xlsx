--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -30,89 +30,110 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="150">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>TRICLIP G4</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2025 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633260/fr/triclip-g4</t>
+  </si>
+  <si>
+    <t>p_3633260</t>
+  </si>
+  <si>
+    <t>Clip de réparation tricuspide bord à bord</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS (France)</t>
+  </si>
+  <si>
     <t>NAVVUS CATHETER</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>16/07/2019 00:00:00</t>
   </si>
   <si>
     <t>04/10/2019 15:12:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3108973/fr/navvus-catheter</t>
   </si>
   <si>
     <t>p_3108973</t>
   </si>
   <si>
     <t>système à échange rapide de mesure de la fraction du flux de réserve coronarien (FFR)</t>
   </si>
   <si>
     <t>ACIST EUROPE</t>
   </si>
   <si>
     <t>VERRATA &amp; VERRATA PLUS</t>
   </si>
   <si>
     <t>Guide de mesure de la fraction de flux de réserve coronaire (FFR)</t>
   </si>
@@ -509,51 +530,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -587,926 +608,958 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>23</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="J3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>28</v>
       </c>
       <c r="E4" t="s">
         <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>30</v>
       </c>
       <c r="H4" t="s">
         <v>31</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="H3" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C4" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="H4" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="E2" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C3" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="E3" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H3" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="D2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B3" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C3" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="D3" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="E3" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="H3" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B2" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="H2" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="I2" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="H3" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="I3" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B4" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="C4" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>101</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>102</v>
+      </c>
+      <c r="H4" t="s">
+        <v>103</v>
+      </c>
+      <c r="I4" t="s">
         <v>94</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B5" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="H5" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="I5" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B6" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="C6" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="H6" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="I6" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B7" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="H7" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="I7" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B8" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="H8" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="I8" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B9" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="H9" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="I9" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B2" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="C2" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="D2" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="E2" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="B2" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="E2" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="H2" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B2" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C2" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="H2" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B3" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C3" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="H3" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>