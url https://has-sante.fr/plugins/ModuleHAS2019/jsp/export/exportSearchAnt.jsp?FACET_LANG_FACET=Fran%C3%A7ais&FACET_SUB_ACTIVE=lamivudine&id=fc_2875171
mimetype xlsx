--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -215,51 +215,51 @@
   <si>
     <t>DOVATO (dolutégravir/ lamivudine)</t>
   </si>
   <si>
     <t>09/18/2025 08:42:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3147186/en/dovato-dolutegravir/-lamivudine</t>
   </si>
   <si>
     <t>p_3147186</t>
   </si>
   <si>
     <t>dolutégravir,lamivudine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3146844/en/dovato-dolutegravir/-lamivudine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294118/en/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3497014/en/dovato-dolutegravir/lamivudine-antiretroviraux</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3637598/en/dovato-dolutegravir-/-lamivudine-antiretroviral</t>
+    <t>https://www.has-sante.fr/jcms/p_3637598/en/dovato-dolutegravir/lamivudine-hiv-1-infection</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3685921/en/dovato-dolutegravir/lamivudine-antiretroviral</t>
   </si>
   <si>
     <t>DELSTRIGO</t>
   </si>
   <si>
     <t>09/02/2022 16:19:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982781/en/delstrigo</t>
   </si>
   <si>
     <t>pprd_2982781</t>
   </si>
   <si>
     <t>ténofovir disoproxil,doravirine,lamivudine</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2965623/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
   </si>