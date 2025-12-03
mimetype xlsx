--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,476 +1,1325 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="131">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/22/2009 15:40:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983753/en/lanzor</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Fiche bon usage des inhibiteurs de la pompe à protons (IPP)</t>
+  </si>
+  <si>
+    <t>En instauration ou en renouvellement, un IPP n’est pas toujours pertinent Prévention de l’ulcère gastroduodénal (UGD) : associer un IPP aux anti-inflammatoires non stéroïdiens (AINS) uniquement s’il existe des facteurs de risque de complications digestives Reflux gastro-oesophagien (RGO) : le traitement initial est de 4 semaines. La poursuite du traitement est rarement justifiée, notamment chez les sujets âgés polymédiqués</t>
+  </si>
+  <si>
+    <t>08/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2022 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372966/fr/fiche-bon-usage-des-inhibiteurs-de-la-pompe-a-protons-ipp</t>
+  </si>
+  <si>
+    <t>p_3372966</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 16 septembre 2020</t>
+  </si>
+  <si>
+    <t>10/09/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201113/fr/commission-de-la-transparence-reunion-a-distance-du-16-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3201113</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192534/fr/commission-de-la-transparence-reunion-a-distance-du-9-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192534</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 décembre 2008</t>
+  </si>
+  <si>
+    <t>10/12/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_723429/fr/commission-de-la-transparence-reunion-du-10-decembre-2008</t>
+  </si>
+  <si>
+    <t>c_723429</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0031/DC/SEAP du 17 juillet 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>17/07/2025 14:13:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637486/fr/avis-n2025-0031/dc/seap-du-17-juillet-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues</t>
+  </si>
+  <si>
+    <t>p_3637486</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LANZOR (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983753/fr/lanzor-lansoprazole</t>
   </si>
   <si>
     <t>pprd_2983753</t>
   </si>
   <si>
     <t>lansoprazole</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398985/en/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984969/en/ogast-ogastoro</t>
+    <t>https://www.has-sante.fr/jcms/c_398985/fr/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399434/fr/lanzor-15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399749/fr/lanzor-15-mg-microgranules-gastroresistants-en-gelule-sous-plaquettes-thermoformees-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399750/fr/lanzor-30-mg-microgranules-gastroresistants-en-gelule-sous-plaquette-thermoformee-boite-de-7-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622222/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763753/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332059/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741824/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215600/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>OGAST - OGASTORO (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984969/fr/ogast-ogastoro-lansoprazole</t>
   </si>
   <si>
     <t>pprd_2984969</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398905/en/ogast-lansoprazole</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3215582/en/ogast-ogastoro</t>
+    <t>https://www.has-sante.fr/jcms/c_398905/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399643/fr/ogast-15-mg-microgranule-gastroresistant-en-gelule-sous-plaquettes-thermoformees-b/30-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399644/fr/ogast-30-mg-microgranule-gastroresistant-en-gelule-b/7-b/14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335893/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763768/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622226/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679422/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399446/fr/ogast15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215582/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>LANSOPRAZOLE MYLAN PHARMA (lansoprazole)</t>
+  </si>
+  <si>
+    <t>02/11/2015 12:24:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984347/fr/lansoprazole-mylan-pharma-lansoprazole</t>
+  </si>
+  <si>
+    <t>pprd_2984347</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023175/fr/lansoprazole-biogaran-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568263/fr/lansoprazole-mylan-pharma-lansoprazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:S3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
-[...32 lines deleted...]
-        <v>34</v>
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>67</v>
+      </c>
+      <c r="I2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" t="s">
+        <v>72</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>68</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>75</v>
+      </c>
+      <c r="H4" t="s">
+        <v>76</v>
+      </c>
+      <c r="I4" t="s">
+        <v>68</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>89</v>
+      </c>
+      <c r="H2" t="s">
+        <v>90</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:S4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>91</v>
+      </c>
+      <c r="J1" t="s">
+        <v>92</v>
+      </c>
+      <c r="K1" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>97</v>
+      </c>
+      <c r="H2" t="s">
+        <v>98</v>
+      </c>
+      <c r="I2" t="s">
+        <v>99</v>
+      </c>
+      <c r="J2" t="s">
+        <v>100</v>
+      </c>
+      <c r="K2" t="s">
+        <v>101</v>
+      </c>
+      <c r="L2" t="s">
+        <v>102</v>
+      </c>
+      <c r="M2" t="s">
+        <v>103</v>
+      </c>
+      <c r="N2" t="s">
+        <v>104</v>
+      </c>
+      <c r="O2" t="s">
+        <v>105</v>
+      </c>
+      <c r="P2" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>107</v>
+      </c>
+      <c r="R2" t="s">
+        <v>108</v>
+      </c>
+      <c r="S2" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I3" t="s">
+        <v>99</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="K3" t="s">
-        <v>40</v>
+        <v>115</v>
       </c>
       <c r="L3" t="s">
-        <v>41</v>
+        <v>116</v>
       </c>
       <c r="M3" t="s">
-        <v>42</v>
+        <v>117</v>
       </c>
       <c r="N3" t="s">
-        <v>43</v>
+        <v>118</v>
       </c>
       <c r="O3" t="s">
-        <v>44</v>
+        <v>119</v>
       </c>
       <c r="P3" t="s">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="Q3" t="s">
-        <v>46</v>
+        <v>121</v>
       </c>
       <c r="R3" t="s">
-        <v>47</v>
+        <v>122</v>
       </c>
       <c r="S3" t="s">
-        <v>48</v>
+        <v>123</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>94</v>
+      </c>
+      <c r="B4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>125</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>126</v>
+      </c>
+      <c r="H4" t="s">
+        <v>127</v>
+      </c>
+      <c r="I4" t="s">
+        <v>99</v>
+      </c>
+      <c r="J4" t="s">
+        <v>128</v>
+      </c>
+      <c r="K4" t="s">
+        <v>129</v>
+      </c>
+      <c r="L4" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>