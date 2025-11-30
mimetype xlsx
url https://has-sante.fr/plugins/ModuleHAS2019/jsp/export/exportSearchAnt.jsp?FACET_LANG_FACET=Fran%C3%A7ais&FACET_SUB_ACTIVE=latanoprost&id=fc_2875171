--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -98,65 +98,101 @@
   <si>
     <t>12/02/2015 00:00:00</t>
   </si>
   <si>
     <t>12/11/2015 16:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2578960/en/assessment-of-transcatheter-aortic-valve-implantation</t>
   </si>
   <si>
     <t>c_2578960</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>XALATAN (N/R/ nilotinib/ latanoprost)</t>
+  </si>
+  <si>
+    <t>10/10/2025 15:34:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984107/en/xalatan-n/r/-nilotinib/-latanoprost</t>
+  </si>
+  <si>
+    <t>pprd_2984107</t>
+  </si>
+  <si>
+    <t>latanoprost</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399037/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399815/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490347/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050837/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632880/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2630028/en/xalatan-latanoprost-glaucoma-eye-drops</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689904/en/xalatan-latanoprost-hypertonie-intraoculaire-et-glaucome</t>
+  </si>
+  <si>
     <t>CATIOLANZE (latanoprost)</t>
   </si>
   <si>
     <t>10/31/2024 16:08:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554685/en/catiolanze-latanoprost</t>
   </si>
   <si>
     <t>p_3554685</t>
   </si>
   <si>
-    <t>latanoprost</t>
-[...1 lines deleted...]
-  <si>
     <t>SANTEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554602/en/catiolanze-latanoprost-angle-glaucoma-or-ocular-hypertension</t>
   </si>
   <si>
     <t>LIFOG (latanoprost)</t>
   </si>
   <si>
     <t>10/03/2024 12:20:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3546064/en/lifog-latanoprost</t>
   </si>
   <si>
     <t>p_3546064</t>
   </si>
   <si>
     <t>TRB CHEMEDICA SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545862/en/lifog-latanoprost-glaucoma-and-ocular-hypertension</t>
   </si>
   <si>
     <t>ROCLANDA (latanoprost/nétarsudil)</t>
@@ -198,86 +234,50 @@
     <t>https://www.has-sante.fr/jcms/p_3112914/en/fixapost-latanoprost/-timolol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3262652/en/fixapost-latanoprost/-timolol</t>
   </si>
   <si>
     <t>MONOPROST (latanoprost)</t>
   </si>
   <si>
     <t>02/22/2019 11:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982872/en/monoprost-latanoprost</t>
   </si>
   <si>
     <t>pprd_2982872</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1615556/en/monoprost-latanoprost-analogue-de-prostaglandines-en-collyre-unidose-sans-conservateur</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2771878/en/monoprost-latanoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2905736/en/monoprost-latanoprost</t>
-  </si>
-[...34 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3689904/en/xalatan-latanoprost-hypertonie-intraoculaire-et-glaucome</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -491,246 +491,246 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>28</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>29</v>
       </c>
       <c r="H2" t="s">
         <v>30</v>
       </c>
       <c r="I2" t="s">
         <v>31</v>
       </c>
       <c r="J2" t="s">
         <v>32</v>
       </c>
       <c r="K2" t="s">
         <v>33</v>
       </c>
+      <c r="L2" t="s">
+        <v>34</v>
+      </c>
+      <c r="M2" t="s">
+        <v>35</v>
+      </c>
+      <c r="N2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s">
+        <v>37</v>
+      </c>
+      <c r="P2" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="H3" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="I3" t="s">
         <v>31</v>
       </c>
       <c r="J3" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K3" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="I4" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="J4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="H5" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="I5" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="H6" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="I6" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="H7" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I7" t="s">
         <v>31</v>
       </c>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>68</v>
-[...10 lines deleted...]
-      <c r="Q7" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>