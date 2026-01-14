--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,677 +1,1607 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="161">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...5 lines deleted...]
-    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome neurodéveloppemental lié à SETD5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>04/09/2025 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
+  </si>
+  <si>
+    <t>p_3643716</t>
+  </si>
+  <si>
+    <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/04/2025 08:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
+  </si>
+  <si>
+    <t>p_3601501</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Atrophie Optique Dominante OPA1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Atrophie Optique Dominante OPA1. Il a été élaboré par le Centre de Référence de Neurogénétique et le Centre de Référence pour les maladies mitochondriales de l’enfant et de l’adulte (CARAMMEL) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280027/fr/atrophie-optique-dominante-opa1</t>
+  </si>
+  <si>
+    <t>p_3280027</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Consultation diététique réalisée par un diététicien</t>
+  </si>
+  <si>
+    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>01/02/2006 14:15:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+    <t>02/01/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
+  </si>
+  <si>
+    <t>Ce travail a porté sur l’évaluation des propositions de modification des libellés concernant le diagnostic biologique de candidose. Cette demande concernait uniquement la recherche des anticorps sériques anti-Candida et des antigènes solubles et ne traite pas des actes d’identification mycologique.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 15 novembre 2016</t>
+  </si>
+  <si>
+    <t>29/06/2017 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777654/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-15-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2777654</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 novembre 2008</t>
+  </si>
+  <si>
+    <t>12/11/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_714403/fr/commission-de-la-transparence-reunion-du-12-novembre-2008</t>
+  </si>
+  <si>
+    <t>c_714403</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2008</t>
+  </si>
+  <si>
+    <t>28/05/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665170/fr/commission-de-la-transparence-reunion-du-28-mai-2008</t>
+  </si>
+  <si>
+    <t>c_665170</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : Place du vaccin VLA2001</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS ne recommande pas l’utilisation du vaccin VLA2001 en primovaccination dans la stratégie de vaccination contre la Covid-19 actuelle, compte tenu du contexte épidémiologique actuel en France, des données disponibles encore trop limitées à ce jour et de la disponibilité d’alternatives.</t>
+  </si>
+  <si>
+    <t>01/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2022 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394248/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-vla2001</t>
+  </si>
+  <si>
+    <t>p_3394248</t>
+  </si>
+  <si>
+    <t>Recommandation sur l’élargissement de la vaccination contre les papillomavirus aux garçons</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS est favorable à l’élargissement de la vaccination contre les papillomavirus chez les garçons dans le calendrier vaccinal français.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
   </si>
   <si>
     <t>p_3116022</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Utilisation du vaccin hexavalent VAXELIS pour la vaccination des nourrissons</t>
+  </si>
+  <si>
+    <t>La HAS considère que le vaccin VAXELIS peut être utilisé pour la primo-vaccination et la vaccination de rappel du nourrisson selon les schémas actuels figurant au calendrier vaccinal français en vigueur.</t>
+  </si>
+  <si>
+    <t>18/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/11/2017 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806697/fr/utilisation-du-vaccin-hexavalent-vaxelis-pour-la-vaccination-des-nourrissons</t>
+  </si>
+  <si>
+    <t>c_2806697</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>SPASMAG (levure saccharomyces cerevisae/ magnésium (sulfate de) heptahydraté)</t>
   </si>
   <si>
-    <t>08/31/2018 14:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983130/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+    <t>31/08/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983130/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
   </si>
   <si>
     <t>pprd_2983130</t>
   </si>
   <si>
     <t>levure saccharomyces cerevisae,magnésium (sulfate de) heptahydraté</t>
   </si>
   <si>
     <t>GRIMBERG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642478/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400554/en/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+    <t>https://www.has-sante.fr/jcms/c_642478/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676887/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739497/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367951/fr/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808598/fr/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868647/fr/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400554/fr/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+  </si>
+  <si>
+    <t>TRANQUILIMAG (sulfate de magnésium heptahydrate/ levure saccharomyces cerevisae)</t>
+  </si>
+  <si>
+    <t>11/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985703/fr/tranquilimag-sulfate-de-magnesium-heptahydrate/-levure-saccharomyces-cerevisae</t>
+  </si>
+  <si>
+    <t>pprd_2985703</t>
+  </si>
+  <si>
+    <t>Sulfate de magnésium heptahydrate,levure saccharomyces cerevisae</t>
+  </si>
+  <si>
+    <t>AUTOMEDIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400574/fr/tranquilimag-sulfate-de-magnesium-heptahydrate/-levure-saccharomyces-cerevisae</t>
+  </si>
+  <si>
+    <t>CARBOLEVURE (levure déshydratée vivante contenant au minimum 108  cellules de Saccharomyces cerevisiae par gramme + charbon activé)</t>
+  </si>
+  <si>
+    <t>13/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985800/fr/carbolevure-levure-deshydratee-vivante-contenant-au-minimum-108-cellules-de-saccharomyces-cerevisiae-par-gramme-charbon-active</t>
+  </si>
+  <si>
+    <t>pprd_2985800</t>
+  </si>
+  <si>
+    <t>levure déshydratée vivante contenant au minimum 108  cellules de Saccharomyces cerevisiae par gramme + charbon activé</t>
+  </si>
+  <si>
+    <t>VEDIM PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400415/fr/carbolevure-adultes-et-enfants-levure-deshydratee-vivante-contenant-au-minimum-108-cellules-de-saccharomyces-cerevisiae-par-gramme-charbon-active</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Papillomavirus : la vaccination recommandée pour tous les garçons</t>
+  </si>
+  <si>
+    <t>En 2020, la vaccination contre le HPV devrait concernée tous les garçons de 11 à 14 ans. Un rattrapage sera possible jusqu’à 19 ans.</t>
+  </si>
+  <si>
+    <t>24/01/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147966/fr/papillomavirus-la-vaccination-recommandee-pour-tous-les-garcons</t>
+  </si>
+  <si>
+    <t>p_3147966</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D3" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+      <c r="I2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>90</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>91</v>
+      </c>
+      <c r="H4" t="s">
+        <v>92</v>
+      </c>
+      <c r="I4" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="C2" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="D2" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
       <c r="C2" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="D2" t="s">
-        <v>39</v>
+        <v>103</v>
       </c>
       <c r="E2" t="s">
-        <v>40</v>
+        <v>104</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>41</v>
+        <v>105</v>
       </c>
       <c r="H2" t="s">
-        <v>42</v>
+        <v>106</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D4" t="s">
+        <v>115</v>
+      </c>
+      <c r="E4" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>117</v>
+      </c>
+      <c r="H4" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q2"/>
+  <dimension ref="A1:Q4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>43</v>
+        <v>119</v>
       </c>
       <c r="J1" t="s">
-        <v>44</v>
+        <v>120</v>
       </c>
       <c r="K1" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>48</v>
+        <v>124</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="H2" t="s">
-        <v>50</v>
+        <v>126</v>
       </c>
       <c r="I2" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
       <c r="J2" t="s">
-        <v>52</v>
+        <v>128</v>
       </c>
       <c r="K2" t="s">
-        <v>53</v>
+        <v>129</v>
       </c>
       <c r="L2" t="s">
-        <v>54</v>
+        <v>130</v>
       </c>
       <c r="M2" t="s">
-        <v>55</v>
+        <v>131</v>
       </c>
       <c r="N2" t="s">
-        <v>56</v>
+        <v>132</v>
       </c>
       <c r="O2" t="s">
-        <v>57</v>
+        <v>133</v>
       </c>
       <c r="P2" t="s">
-        <v>58</v>
+        <v>134</v>
       </c>
       <c r="Q2" t="s">
-        <v>59</v>
+        <v>135</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+      <c r="I3" t="s">
+        <v>140</v>
+      </c>
+      <c r="J3" t="s">
+        <v>141</v>
+      </c>
+      <c r="K3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>122</v>
+      </c>
+      <c r="B4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>144</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>145</v>
+      </c>
+      <c r="H4" t="s">
+        <v>146</v>
+      </c>
+      <c r="I4" t="s">
+        <v>147</v>
+      </c>
+      <c r="J4" t="s">
+        <v>148</v>
+      </c>
+      <c r="K4" t="s">
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B2" t="s">
+        <v>151</v>
+      </c>
+      <c r="C2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>154</v>
+      </c>
+      <c r="H2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>159</v>
+      </c>
+      <c r="H3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>