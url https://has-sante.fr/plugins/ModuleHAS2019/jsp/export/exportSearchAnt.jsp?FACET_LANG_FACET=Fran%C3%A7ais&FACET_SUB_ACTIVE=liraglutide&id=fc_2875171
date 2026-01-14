--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,227 +1,641 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="343" uniqueCount="174">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>10/06/2022 00:00:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Diabètes monogéniques de type MODY</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
+  </si>
+  <si>
+    <t>p_3389587</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolfram</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113810/fr/syndrome-de-wolfram</t>
+  </si>
+  <si>
+    <t>p_3113810</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Chirurgie métabolique : traitement chirurgical du diabète de type 2 - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque de la CM : en effet, il s’agit de proposer une prise en charge chirurgicale à une population qui n’est éligible à ce jour qu’à une approche pharmacologique (per os et/ou injectable).Déterminer le plus précisément possible la population cible susceptible de bénéficier de la chirurgie métabolique.</t>
+  </si>
+  <si>
+    <t>06/10/2022 00:00:00</t>
   </si>
   <si>
     <t>10/10/2022 12:17:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3303025/en/metabolic-surgery-surgical-treatment-of-type-2-diabetes</t>
+    <t>https://www.has-sante.fr/jcms/p_3303025/fr/chirurgie-metabolique-traitement-chirurgical-du-diabete-de-type-2-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3303025</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982927/en/victoza</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Décembre 2022</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395017/fr/commission-de-la-transparence-reunion-du-14-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3395017</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 Septembre 2022</t>
+  </si>
+  <si>
+    <t>20/09/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367227/fr/commission-de-la-transparence-reunion-du-21-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367227</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 novembre 2021</t>
+  </si>
+  <si>
+    <t>18/11/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299744/fr/commission-de-la-transparence-reunion-a-distance-du-24-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3299744</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 30 juin 2021</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273727/fr/commission-de-la-transparence-reunion-a-distance-du-30-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273727</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 décembre  2020</t>
+  </si>
+  <si>
+    <t>11/12/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223433/fr/commission-de-la-transparence-reunion-a-distance-du-16-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3223433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 18 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/11/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217678/fr/commission-de-la-transparence-reunion-a-distance-du-18-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3217678</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 4 novembre 2020</t>
+  </si>
+  <si>
+    <t>28/10/2020 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214706/fr/commission-de-la-transparence-reunion-a-distance-du-4-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3214706</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 février 2019</t>
+  </si>
+  <si>
+    <t>12/02/2019 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904174/fr/ceesp-reunion-du-12-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904174</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 janvier 2019</t>
+  </si>
+  <si>
+    <t>07/02/2019 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903195/fr/ceesp-reunion-du-15-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2903195</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 décembre 2017</t>
+  </si>
+  <si>
+    <t>29/11/2017 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808279/fr/commission-de-la-transparence-reunion-du-6-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2808279</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 avril 2017</t>
+  </si>
+  <si>
+    <t>29/03/2017 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754091/fr/commission-de-la-transparence-reunion-du-5-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2754091</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2015</t>
+  </si>
+  <si>
+    <t>25/02/2015 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017152/fr/commission-de-la-transparence-reunion-du-4-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2017152</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2014</t>
+  </si>
+  <si>
+    <t>20/10/2014 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769248/fr/commission-de-la-transparence-reunion-du-22-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1769248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 juillet 2014</t>
+  </si>
+  <si>
+    <t>18/07/2014 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754785/fr/commission-de-la-transparence-reunion-du-23-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1754785</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2009</t>
+  </si>
+  <si>
+    <t>18/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_882480/fr/commission-de-la-transparence-reunion-du-18-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_882480</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>VICTOZA (liraglutide)</t>
+  </si>
+  <si>
+    <t>26/08/2021 15:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982927/fr/victoza-liraglutide</t>
   </si>
   <si>
     <t>pprd_2982927</t>
   </si>
   <si>
     <t>liraglutide</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_900484/en/victoza</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3282773/en/victoza-liraglutide</t>
+    <t>https://www.has-sante.fr/jcms/c_900484/fr/victoza-liraglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027892/fr/victoza-liraglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027904/fr/victoza-liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671713/fr/victoza-liraglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894920/fr/victoza-liraglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282773/fr/victoza-liraglutide-diabete-de-type-2</t>
   </si>
   <si>
     <t>XULTOPHY (insuline degludec/liraglutide), antidiabétique</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983447/en/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983447/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
   </si>
   <si>
     <t>pprd_2983447</t>
   </si>
   <si>
     <t>insuline dégludec,liraglutide,insuline degludec</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2607357/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3282755/en/xultophy-insuline-degludec-/-liraglutide</t>
+    <t>https://www.has-sante.fr/jcms/c_2607357/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756350/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818001/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282755/fr/xultophy-insuline-degludec/liraglutide-diabete-de-type-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -248,178 +662,1158 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+      <c r="I2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+      <c r="I4" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>80</v>
+      </c>
+      <c r="H5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B6" t="s">
+        <v>82</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>83</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>84</v>
+      </c>
+      <c r="H6" t="s">
+        <v>85</v>
+      </c>
+      <c r="I6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>87</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>88</v>
+      </c>
+      <c r="H7" t="s">
+        <v>89</v>
+      </c>
+      <c r="I7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>90</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>91</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>92</v>
+      </c>
+      <c r="H8" t="s">
+        <v>93</v>
+      </c>
+      <c r="I8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>94</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>95</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>96</v>
+      </c>
+      <c r="H9" t="s">
+        <v>97</v>
+      </c>
+      <c r="I9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>99</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>100</v>
+      </c>
+      <c r="H10" t="s">
+        <v>101</v>
+      </c>
+      <c r="I10" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>64</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>103</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>104</v>
+      </c>
+      <c r="H11" t="s">
+        <v>105</v>
+      </c>
+      <c r="I11" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>107</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>108</v>
+      </c>
+      <c r="H12" t="s">
+        <v>109</v>
+      </c>
+      <c r="I12" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>111</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H13" t="s">
+        <v>113</v>
+      </c>
+      <c r="I13" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>115</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>116</v>
+      </c>
+      <c r="H14" t="s">
+        <v>117</v>
+      </c>
+      <c r="I14" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>119</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>120</v>
+      </c>
+      <c r="H15" t="s">
+        <v>121</v>
+      </c>
+      <c r="I15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>123</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>124</v>
+      </c>
+      <c r="H16" t="s">
+        <v>125</v>
+      </c>
+      <c r="I16" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>127</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>128</v>
+      </c>
+      <c r="H17" t="s">
+        <v>129</v>
+      </c>
+      <c r="I17" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>131</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>132</v>
+      </c>
+      <c r="H18" t="s">
+        <v>133</v>
+      </c>
+      <c r="I18" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>64</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>135</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>136</v>
+      </c>
+      <c r="H19" t="s">
+        <v>137</v>
+      </c>
+      <c r="I19" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>139</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>140</v>
+      </c>
+      <c r="H20" t="s">
+        <v>141</v>
+      </c>
+      <c r="I20" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>143</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>144</v>
+      </c>
+      <c r="H21" t="s">
+        <v>145</v>
+      </c>
+      <c r="I21" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>147</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>148</v>
+      </c>
+      <c r="H22" t="s">
+        <v>149</v>
+      </c>
+      <c r="I22" t="s">
+        <v>69</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>151</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>152</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>153</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>156</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>157</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>159</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>161</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>163</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>164</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>153</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>166</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>167</v>
       </c>
       <c r="H3" t="s">
-        <v>34</v>
+        <v>168</v>
       </c>
       <c r="I3" t="s">
-        <v>35</v>
+        <v>169</v>
       </c>
       <c r="J3" t="s">
-        <v>25</v>
+        <v>159</v>
       </c>
       <c r="K3" t="s">
-        <v>36</v>
+        <v>170</v>
       </c>
       <c r="L3" t="s">
-        <v>37</v>
+        <v>171</v>
       </c>
       <c r="M3" t="s">
-        <v>38</v>
+        <v>172</v>
       </c>
       <c r="N3" t="s">
-        <v>39</v>
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>