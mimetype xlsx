--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,211 +1,526 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Études et Rapports" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="134">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques pour les personnes dépendantes des opiacés : place des traitements de substitution</t>
+  </si>
+  <si>
+    <t>L’objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les finalités et les résultats attendus des traitements de substitution des opiacés ? Quels sont les résultats obtenus par les traitements de substitution des opiacés ? Quelles sont les indications des médicaments de substitution des opiacés ? Quelles sont les modalités de prise en charge nécessaires à la mise en oeuvre et au suivi des traitements de substitution des opiacés ? Quand et comment les modalités d'un traitement de substitution des opiacés doivent-elles être adaptées en pratique ? Comment promouvoir la qualité des pratiques professionnelles dans la prise en charge des patients bénéficiant d'un traitement de substitution des opiacés ?</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272358/fr/strategies-therapeutiques-pour-les-personnes-dependantes-des-opiaces-place-des-traitements-de-substitution</t>
+  </si>
+  <si>
+    <t>c_272358</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982922/en/kaletra</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Mesure de la charge virale (quantification de l’acide ribonucléique) du virus de l’immunodéficience humaine de type 2 (VIH-2)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l'intérêt diagnostique et pronostique de la mesure de la charge virale plasmatique par biologie moléculaire du virus VIH-2, second virus après le VIH-1 responsable de l’immunodéficience humaine, ainsi que son utilité clinique dans les diverses populations concernées en précisant les modalités de sa réalisation (indication, fréquence). Elle a également évalué l’intérêt diagnostique de la mesure de l’ARN VIH-2 chez un homme porteur du VIH-2 engagé dans une démarche d’assistance médicale à la procréation (AMP). La HAS préconise fortement que les patients porteurs d’un VIH bénéficient des mêmes niveaux de prise en charge qu’il s’agisse d’un virus de type VIH-1 ou VIH-2, et retient donc la mesure de la charge virale plasmatique du VIH-2 à différentes étapes de la prise en charge clinique des patients vivant avec le VIH-2.</t>
+  </si>
+  <si>
+    <t>16/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306402/fr/mesure-de-la-charge-virale-quantification-de-l-acide-ribonucleique-du-virus-de-l-immunodeficience-humaine-de-type-2-vih-2</t>
+  </si>
+  <si>
+    <t>p_3306402</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
+  </si>
+  <si>
+    <t>Consultez le document de synthèse qui fait le point sur les méthodes contraceptives les plus efficaces : les spécialités disponibles, leur mode d'action, les indications, les populations cibles, l'efficacité, la tolérance, les conditions de suivi et les complications. Actualisation novembre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2017 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369314/fr/methodes-contraceptives-focus-sur-les-methodes-les-plus-efficaces-disponibles</t>
+  </si>
+  <si>
+    <t>c_1369314</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
+  </si>
+  <si>
+    <t>30/09/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3210376</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mai 2009</t>
+  </si>
+  <si>
+    <t>13/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_790353/fr/commission-de-la-transparence-reunion-du-13-mai-2009</t>
+  </si>
+  <si>
+    <t>c_790353</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KALETRA (lopinavir/ ritonavir)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982922/fr/kaletra-lopinavir/-ritonavir</t>
   </si>
   <si>
     <t>pprd_2982922</t>
   </si>
   <si>
     <t>lopinavir,ritonavir</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_818401/en/kaletra-lopinavir/-ritonavir</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3215576/en/kaletra-lopinavir/-ritonavir</t>
+    <t>https://www.has-sante.fr/jcms/c_818401/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684136/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726239/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831910/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896415/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399855/fr/kaletra-capsule-molle-boite-de-180-2-flacons-de-90-capsules-kaletra-capsule-molle-boite-de-180-30-blisters-de-6-capsules-kaletra-solution-buvable-300-ml-5-flacons-de-60-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215576/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -219,145 +534,863 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D3" t="s">
+        <v>74</v>
+      </c>
+      <c r="E3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D4" t="s">
+        <v>80</v>
+      </c>
+      <c r="E4" t="s">
+        <v>81</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>82</v>
+      </c>
+      <c r="H4" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>88</v>
+      </c>
+      <c r="H5" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H3" t="s">
+        <v>100</v>
+      </c>
+      <c r="I3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>91</v>
+      </c>
+      <c r="B4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>102</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>103</v>
+      </c>
+      <c r="H4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I4" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>115</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>117</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>118</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>122</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>124</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>126</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>132</v>
+      </c>
+      <c r="H2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>