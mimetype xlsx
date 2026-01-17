--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="286">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -117,50 +117,80 @@
     <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
     <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
   </si>
   <si>
     <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
   </si>
   <si>
     <t>01/06/2011 00:00:00</t>
   </si>
   <si>
     <t>13/07/2011 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
   </si>
   <si>
     <t>c_1069254</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Syndrome neurodéveloppemental lié à SETD5</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/09/2025 17:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
   </si>
   <si>
     <t>p_3643716</t>
   </si>
   <si>
     <t>Le syndrome de Stickler</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Stickler. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/01/2025 09:08:00</t>
   </si>
@@ -1026,51 +1056,51 @@
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1303,1249 +1333,1301 @@
       </c>
       <c r="E10" t="s">
         <v>71</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>72</v>
       </c>
       <c r="H10" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>74</v>
       </c>
       <c r="C11" t="s">
         <v>75</v>
       </c>
       <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>76</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>77</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
         <v>80</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>81</v>
       </c>
-      <c r="D12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>82</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
         <v>86</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>87</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>88</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
         <v>91</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>93</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>94</v>
       </c>
       <c r="H14" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>96</v>
       </c>
       <c r="C15" t="s">
         <v>97</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>98</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>99</v>
       </c>
       <c r="H15" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>101</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="D16" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>103</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>104</v>
       </c>
       <c r="H16" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
         <v>106</v>
       </c>
       <c r="C17" t="s">
         <v>107</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>108</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>109</v>
       </c>
       <c r="H17" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>28</v>
       </c>
       <c r="B18" t="s">
         <v>111</v>
       </c>
       <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
         <v>112</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>113</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>114</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>115</v>
       </c>
-      <c r="H18" t="s">
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" t="s">
         <v>116</v>
+      </c>
+      <c r="C19" t="s">
+        <v>117</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>118</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>119</v>
+      </c>
+      <c r="H19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" t="s">
+        <v>122</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>124</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>125</v>
+      </c>
+      <c r="H20" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B2" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="D2" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="E2" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="H2" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B3" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="C3" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="D3" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="E3" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="H3" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B4" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="C4" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="D4" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="E4" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="H4" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B5" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="C5" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="D5" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="E5" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="H5" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B6" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="C6" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="D6" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="E6" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="H6" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B7" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="C7" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="D7" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="E7" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="H7" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="B2" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="C2" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="H2" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="B2" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="C2" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="D2" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="E2" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="H2" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="B3" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="C3" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="D3" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="E3" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="H3" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="B4" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="C4" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="D4" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E4" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="H4" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="H2" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="I2" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B3" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="H3" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="I3" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B4" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="H4" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="I4" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B5" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
+        <v>205</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>206</v>
+      </c>
+      <c r="H5" t="s">
+        <v>207</v>
+      </c>
+      <c r="I5" t="s">
         <v>195</v>
-      </c>
-[...10 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B6" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="H6" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="I6" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B7" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="H7" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="I7" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B8" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="H8" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="I8" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B9" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="C9" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="H9" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="I9" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="B2" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="C2" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="D2" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="E2" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="H2" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="B3" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="C3" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="E3" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="H3" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="B4" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="C4" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="D4" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="E4" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="H4" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="J1" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="K1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="B2" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="H2" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="I2" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="J2" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="K2" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="L2" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="M2" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="B3" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="H3" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="I3" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="J3" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="K3" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="L3" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="M3" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="B4" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="H4" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="I4" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="J4" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K4" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="B5" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="H5" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="I5" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="J5" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K5" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="B6" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="H6" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="I6" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="J6" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="K6" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>