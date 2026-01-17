--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="211">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -185,90 +185,87 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2039958/fr/salitol-7</t>
   </si>
   <si>
     <t>c_2039958</t>
   </si>
   <si>
     <t>PARI  GmbH</t>
   </si>
   <si>
     <t>Acide hyaluronique pour injection intra-articulaire</t>
   </si>
   <si>
     <t>10/03/2015 00:00:00</t>
   </si>
   <si>
     <t>25/03/2015 17:37:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2021467/fr/happyvisc</t>
   </si>
   <si>
     <t>c_2021467</t>
   </si>
   <si>
-    <t>MUCOCLEAR</t>
-[...16 lines deleted...]
-  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Stratégies de prévention de la carie dentaire</t>
   </si>
   <si>
     <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
   </si>
   <si>
     <t>31/03/2010 00:00:00</t>
   </si>
   <si>
     <t>13/10/2010 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
   </si>
   <si>
     <t>c_991247</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3634754</t>
   </si>
   <si>
     <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
@@ -713,51 +710,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J8"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -941,1071 +938,1065 @@
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>48</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
         <v>50</v>
       </c>
       <c r="H7" t="s">
         <v>51</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
       <c r="J7" t="s">
         <v>40</v>
-      </c>
-[...30 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
         <v>58</v>
-      </c>
-[...19 lines deleted...]
-        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="H2" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
         <v>65</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="E3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="H4" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B5" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C5" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H5" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="C6" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="H6" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>88</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>89</v>
+      </c>
+      <c r="H7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
         <v>92</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
         <v>93</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H8" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
         <v>96</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>97</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>98</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>99</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>100</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C3" t="s">
         <v>103</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>104</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>105</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
         <v>106</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C4" t="s">
         <v>109</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>110</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>111</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>112</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" t="s">
         <v>115</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>116</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>117</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>118</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>119</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C3" t="s">
         <v>122</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>123</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>124</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
         <v>125</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C4" t="s">
         <v>128</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>129</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>130</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>131</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B5" t="s">
+        <v>133</v>
+      </c>
+      <c r="C5" t="s">
         <v>134</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>135</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>136</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
         <v>137</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B6" t="s">
+        <v>139</v>
+      </c>
+      <c r="C6" t="s">
         <v>140</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>141</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>142</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
         <v>143</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B7" t="s">
+        <v>145</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
         <v>146</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>147</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
         <v>148</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>151</v>
+      </c>
+      <c r="B2" t="s">
         <v>152</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
         <v>153</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>154</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>155</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
         <v>158</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
         <v>159</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>160</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
         <v>162</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>163</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>164</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B5" t="s">
+        <v>165</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>166</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
         <v>167</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>168</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B6" t="s">
+        <v>169</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>170</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
         <v>171</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>172</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B2" t="s">
         <v>176</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
         <v>177</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>178</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>179</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>180</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>181</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
         <v>184</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
         <v>185</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>186</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>187</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>188</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
         <v>191</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>192</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>193</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>194</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>195</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>196</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>197</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B5" t="s">
+        <v>199</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>200</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
         <v>201</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>202</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
+        <v>194</v>
+      </c>
+      <c r="J5" t="s">
         <v>203</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B6" t="s">
+        <v>205</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>206</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
         <v>207</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>208</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
+        <v>194</v>
+      </c>
+      <c r="J6" t="s">
         <v>209</v>
       </c>
-      <c r="I6" t="s">
-[...2 lines deleted...]
-      <c r="J6" t="s">
+      <c r="K6" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>