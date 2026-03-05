--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -1,2002 +1,743 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="76">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>23/06/2025 09:25:08</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3609430/fr/dispositifs-de-perfusion-a-domicile-et-prestations-associees-revision-de-categories-homogenes-de-dispositifs-medicaux</t>
-[...269 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Évaluation du dosage sérique de l’hormone anti-müllérienne</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749006/fr/evaluation-du-dosage-serique-de-l-hormone-anti-mullerienne</t>
+    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The primary aim of this discussion paper is to assess the usefulness of the anti-Müllerian hormone assay procedure (AMH) with a view to its inclusion in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
   </si>
   <si>
     <t>c_2749006</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
-[...5 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
-[...89 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t>04/10/2021 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>10/04/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
-[...32 lines deleted...]
-    <t>pprd_2984270</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+  </si>
+  <si>
+    <t>BRONCHITOL (mannitol)</t>
+  </si>
+  <si>
+    <t>05/21/2013 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984998/en/bronchitol-mannitol</t>
+  </si>
+  <si>
+    <t>pprd_2984998</t>
   </si>
   <si>
     <t>mannitol</t>
   </si>
   <si>
-    <t>CHAIX ET DU MARAIS</t>
-[...22 lines deleted...]
-  <si>
     <t>NOVEX PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1319232/fr/bronchitol-mannitol</t>
+    <t>https://www.has-sante.fr/jcms/c_1319232/en/bronchitol</t>
   </si>
   <si>
     <t>ARIDOL (mannitol)</t>
   </si>
   <si>
-    <t>16/06/2011 17:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985267/fr/aridol-mannitol</t>
+    <t>06/16/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985267/en/aridol-mannitol</t>
   </si>
   <si>
     <t>pprd_2985267</t>
   </si>
   <si>
     <t>Laboratoire PRAXIS PHARMACEUTICAL FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962469/fr/aridol-mannitol</t>
+    <t>https://www.has-sante.fr/jcms/c_962469/en/aridol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J7"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
-[...144 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>58</v>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:K4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>52</v>
+      </c>
+      <c r="J1" t="s">
+        <v>53</v>
+      </c>
+      <c r="K1" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
         <v>59</v>
       </c>
-      <c r="B2" t="s">
+      <c r="I2" t="s">
         <v>60</v>
       </c>
-      <c r="C2" t="s">
+      <c r="J2" t="s">
         <v>61</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>65</v>
       </c>
-      <c r="C3" t="s">
+      <c r="H3" t="s">
         <v>66</v>
       </c>
-      <c r="D3" t="s">
+      <c r="I3" t="s">
         <v>67</v>
       </c>
-      <c r="E3" t="s">
+      <c r="J3" t="s">
         <v>68</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="K3" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>71</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>72</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>73</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
+        <v>67</v>
+      </c>
+      <c r="J4" t="s">
         <v>74</v>
       </c>
-      <c r="H4" t="s">
+      <c r="K4" t="s">
         <v>75</v>
-      </c>
-[...834 lines deleted...]
-        <v>210</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>