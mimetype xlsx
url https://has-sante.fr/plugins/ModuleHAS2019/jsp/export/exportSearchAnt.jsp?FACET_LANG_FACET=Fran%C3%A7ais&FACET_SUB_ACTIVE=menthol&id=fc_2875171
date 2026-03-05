--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -9,128 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention, diagnostic et prise en charge du syndrome du nez vide</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique s’intègre dans le parcours de soin des patients présentant une obstruction nasale chronique ou ayant développé un SNV après un geste turbinal. Elle s’inscrit dans le cadre d’une concertation pluridisciplinaire (associant l’ORL, le médecin généraliste et d’autres professionnels si nécessaire) et d’une décision partagée avec le patient dûment informé.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>15/12/2022 15:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3395700/fr/prevention-diagnostic-et-prise-en-charge-du-syndrome-du-nez-vide</t>
   </si>
   <si>
     <t>p_3395700</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...1 lines deleted...]
-  <si>
     <t>Pemphigoïde bulleuse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
   </si>
   <si>
     <t>c_2636201</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2636265</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
   </si>
   <si>
     <t>28/01/2015 00:00:00</t>
   </si>
   <si>
     <t>08/06/2016 15:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
   </si>
   <si>
     <t>c_2635050</t>
   </si>
   <si>
     <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
   </si>
@@ -264,234 +267,234 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>