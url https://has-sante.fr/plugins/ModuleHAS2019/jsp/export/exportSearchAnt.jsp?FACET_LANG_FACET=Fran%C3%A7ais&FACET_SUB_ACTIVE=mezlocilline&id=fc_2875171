--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -35,84 +35,84 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>09/01/2001 00:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>