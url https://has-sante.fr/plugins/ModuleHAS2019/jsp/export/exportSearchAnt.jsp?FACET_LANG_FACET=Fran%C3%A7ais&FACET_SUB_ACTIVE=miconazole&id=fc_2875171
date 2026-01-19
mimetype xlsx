--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -1,269 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>13/02/2015 12:19:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
-  </si>
-[...64 lines deleted...]
-    <t>c_592923</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -288,365 +171,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...326 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>