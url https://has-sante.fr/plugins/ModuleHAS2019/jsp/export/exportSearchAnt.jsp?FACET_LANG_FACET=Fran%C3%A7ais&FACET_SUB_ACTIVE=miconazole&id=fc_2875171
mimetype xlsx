--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,152 +1,284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2024</t>
+  </si>
+  <si>
+    <t>05/06/2024 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520457/fr/commission-de-la-transparence-reunion-du-12-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3520457</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817776/fr/commission-de-la-transparence-reunion-du-10-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2817776</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mars 2007</t>
+  </si>
+  <si>
+    <t>28/03/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592923/fr/commission-de-la-transparence-reunion-du-28-mars-2007</t>
+  </si>
+  <si>
+    <t>c_592923</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +303,391 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+      <c r="I2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>54</v>
+      </c>
+      <c r="H4" t="s">
+        <v>55</v>
+      </c>
+      <c r="I4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>