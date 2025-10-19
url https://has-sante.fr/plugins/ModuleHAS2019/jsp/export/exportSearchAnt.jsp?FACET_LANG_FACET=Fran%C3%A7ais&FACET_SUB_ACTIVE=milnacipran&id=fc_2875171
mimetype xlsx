--- v0 (2025-10-18)
+++ v1 (2025-10-19)
@@ -1,292 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>10/07/2025 14:08:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
-  </si>
-[...124 lines deleted...]
-    <t>c_993899</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -300,343 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...298 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>