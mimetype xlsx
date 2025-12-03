--- v1 (2025-10-19)
+++ v2 (2025-12-03)
@@ -1,157 +1,292 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications évolutives d'un épisode dépressif caractérisé de l'adulte. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607702/fr/prise-en-charge-des-complications-evolutives-d-un-episode-depressif-caracterise-de-l-adulte-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_607702</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement de la dépression : quelle place pour la tianeptine (Stablon®) ?</t>
+  </si>
+  <si>
+    <t>Les antidépresseurs sont à réserver aux seules dépressions caractérisées d’intensité modérée à sévère ; ils doivent toujours être associés à une prise en charge globale et à une psychothérapie.</t>
+  </si>
+  <si>
+    <t>20/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1637734/fr/traitement-de-la-depression-quelle-place-pour-la-tianeptine-stablon</t>
+  </si>
+  <si>
+    <t>c_1637734</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>IXEL (milnacipran (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>24/06/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984508/fr/ixel-milnacipran-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984508</t>
+  </si>
+  <si>
+    <t>milnacipran (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400926/fr/ixel-25-mg-gelule-boite-de-56-gelules-cip-341-977-4-ixel-50-mg-gelule-boite-de-56-gelules-cip-341-985-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918259/fr/ixel-milnacipran-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040096/fr/ixel-milnacipran-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +300,343 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>39</v>
+      </c>
+      <c r="J1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+      <c r="I2" t="s">
+        <v>47</v>
+      </c>
+      <c r="J2" t="s">
+        <v>48</v>
+      </c>
+      <c r="K2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L2" t="s">
+        <v>50</v>
+      </c>
+      <c r="M2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>