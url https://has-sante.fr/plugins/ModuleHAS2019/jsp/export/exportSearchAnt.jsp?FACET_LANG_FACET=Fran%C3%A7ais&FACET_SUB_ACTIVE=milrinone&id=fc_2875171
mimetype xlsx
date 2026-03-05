--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -3,131 +3,146 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Non-compaction du ventricule gauche (NCVG)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de non-compaction du ventricule gauche (NCVG). Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>06/02/2026 10:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858432/fr/non-compaction-du-ventricule-gauche-ncvg</t>
+  </si>
+  <si>
+    <t>p_3858432</t>
+  </si>
+  <si>
+    <t>Hernie de Coupole Diaphragmatique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint de Hernie de Coupole Diaphragmatique. Il a été élaboré par le Centre de référence de la Hernie de Coupole Diaphragmatique et la Filière de santé maladies rares abdomino-thoraciques FIMATHO, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/10/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332738/fr/hernie-de-coupole-diaphragmatique</t>
+  </si>
+  <si>
+    <t>c_1332738</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
   </si>
   <si>
     <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
   </si>
   <si>
     <t>11/09/2025 00:00:00</t>
   </si>
   <si>
     <t>15/09/2025 09:02:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
   </si>
   <si>
     <t>p_3592435</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_1332738</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
     <t>Avis n° 2017.0068/AC/SEM du 12 juillet 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité NOYADA (captopril)</t>
   </si>
   <si>
     <t>Les indications de la spécialité NOYADA (captopril), validées par l’ANSM, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# # – Indication n°1 : « L’hypertension artérielle de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°2 : « L’insuffisance cardiaque de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°3 : « L’infarctus du myocarde des adultes qui n’ont pas de troubles de la déglutition :#  Traitement de courte durée (4 semaines) : NOYADA est indiqué dans les 24 premières heures chez les patients en situation hémodynamique stable.#  Prévention à long terme de l'insuffisance cardiaque symptomatique : NOYADA est indiqué chez les patients cliniquement stables avec dysfonction ventriculaire gauche asymptomatique (fraction d'éjection ≤ à 40 %) ».# Pour les indications n°1 et n°3, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.# Pour l’indication n°2, la Haute Autorité de santé n’a pas identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# L’indication n°4 : « Néphropathie diabétique du diabète de type I : NOYADA est indiqué dans le traitement de la néphropathie diabétique macroprotéinurique du diabète insulinodépendant », validée par l’ANSM, est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte de la spécialité NOYADA.# Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché et n’ayant pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
   </si>
   <si>
     <t>21/06/2017 10:22:00</t>
   </si>
   <si>
     <t>18/07/2017 16:22:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2786174/fr/avis-n-2017-0068/ac/sem-du-12-juillet-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-noyada-captopril</t>
   </si>
   <si>
     <t>c_2786174</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
@@ -194,323 +209,349 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="J1" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="J2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="K2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>