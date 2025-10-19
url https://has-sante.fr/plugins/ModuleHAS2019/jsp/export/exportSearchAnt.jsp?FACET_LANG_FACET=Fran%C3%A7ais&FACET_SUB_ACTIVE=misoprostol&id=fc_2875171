--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,809 +1,3443 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="663" uniqueCount="348">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SUPLASYN - CNEDiMTS du 06 octobre 2009 (1964)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>06/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:41:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864589/fr/suplasyn-cnedimts-du-06-octobre-2009-1964</t>
+  </si>
+  <si>
+    <t>c_864589</t>
+  </si>
+  <si>
+    <t>Nordic Pharma (France)</t>
+  </si>
+  <si>
+    <t>ARTHRUM</t>
+  </si>
+  <si>
+    <t>28/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398357/fr/arthrum</t>
+  </si>
+  <si>
+    <t>c_398357</t>
+  </si>
+  <si>
+    <t>LCA (France)</t>
+  </si>
+  <si>
+    <t>SUPARTZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398375/fr/supartz</t>
+  </si>
+  <si>
+    <t>c_398375</t>
+  </si>
+  <si>
+    <t>SEIKAGAKU (Japon)</t>
+  </si>
+  <si>
+    <t>SUPLASYN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398376/fr/suplasyn</t>
+  </si>
+  <si>
+    <t>c_398376</t>
+  </si>
+  <si>
+    <t>BIONICHE TEO (Irlande)</t>
+  </si>
+  <si>
+    <t>12/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398607/fr/suplasyn</t>
+  </si>
+  <si>
+    <t>c_398607</t>
+  </si>
+  <si>
+    <t>CHIESI (France)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Interruption volontaire de grossesse par méthode médicamenteuse - Mise à jour</t>
+  </si>
+  <si>
+    <t>Cette mise à jour porte sur la stratégie médicamenteuse et sur des particularités de prise en charge.</t>
+  </si>
+  <si>
+    <t>11/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2021 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223429/fr/interruption-volontaire-de-grossesse-par-methode-medicamenteuse-mise-a-jour</t>
+  </si>
+  <si>
+    <t>p_3223429</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Déclenchement artificiel du travail à partir de 37 semaines d'aménorrhée</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent le déclenchement artificiel du travail en cas de grossesse à terme. Leurs objectifs sont les suivants : Homogénéiser les pratiques en matière de déclenchement artificiel du travail. Identifier les éventuels risques liés au déclenchement artificiel du travail. Définir le contenu de l’information destinée aux femmes enceintes.</t>
+  </si>
+  <si>
+    <t>02/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666473/fr/declenchement-artificiel-du-travail-a-partir-de-37-semaines-d-amenorrhee</t>
+  </si>
+  <si>
+    <t>c_666473</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>ALD n° 27 - Spondylarthrite grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900658/fr/ald-n-27-spondylarthrite-grave</t>
+  </si>
+  <si>
+    <t>c_900658</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Mise en oeuvre de l’éducation thérapeutique dans le cadre de l’expérimentation PAERPA</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré et validé avec les professionnels de santé, un Cahier des Charges et des Cadres Référentiels pour la mise en œuvre de l'éducation thérapeutique du patient (ETP) dans le cadre de l'expérimentation PAERPA (Personnes Agées En risque de Perte d’Autonomie).</t>
+  </si>
+  <si>
+    <t>23/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742730/fr/mise-en-oeuvre-de-l-education-therapeutique-dans-le-cadre-de-l-experimentation-paerpa</t>
+  </si>
+  <si>
+    <t>c_1742730</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
+    <t>Cahiers des charges pour la réalisation des IVG par méthode instrumentale: hors établissements de santé et dans les centres de santé</t>
+  </si>
+  <si>
+    <t>Le cahier des charges définit les exigences (notamment cliniques et organisationnelles) à respecter pour garantir la qualité des soins et la sécurité des patientes, quel que soit le lieu où sont réalisées les IVG instrumentales</t>
+  </si>
+  <si>
+    <t>16/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062049/fr/cahiers-des-charges-pour-la-realisation-des-ivg-par-methode-instrumentale-hors-etablissements-de-sante-et-dans-les-centres-de-sante</t>
   </si>
   <si>
     <t>c_2062049</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Art 50, Zondar, Chondrosulf, Piasclédine, Dolenio, Flexea, Osaflexan, Structoflex et Voltaflex : service médical rendu insuffisant dans le traitement symptomatique de l’arthrose</t>
+  </si>
+  <si>
+    <t>11/07/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621213/fr/art-50-zondar-chondrosulf-piascledine-dolenio-flexea-osaflexan-structoflex-et-voltaflex-service-medical-rendu-insuffisant-dans-le-traitement-symptomatique-de-l-arthrose</t>
+  </si>
+  <si>
+    <t>c_1621213</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 août 2024</t>
+  </si>
+  <si>
+    <t>23/08/2024 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537446/fr/commission-de-la-transparence-reunion-du-28-aout-2024</t>
+  </si>
+  <si>
+    <t>p_3537446</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 10 juin 2020</t>
+  </si>
+  <si>
+    <t>04/06/2020 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188036/fr/commission-de-la-transparence-reunion-a-distance-du-10-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3188036</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 9 avril 2020</t>
+  </si>
+  <si>
+    <t>23/04/2020 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180095/fr/college-deliberatif-du-9-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3180095</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 mars 2018</t>
+  </si>
+  <si>
+    <t>14/03/2018 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834595/fr/commission-de-la-transparence-reunion-du-21-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2834595</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 14 mars 2018</t>
+  </si>
+  <si>
+    <t>08/03/2018 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832333/fr/college-deliberatif-du-14-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2832333</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mars 2018</t>
+  </si>
+  <si>
+    <t>05/03/2018 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831410/fr/commission-de-la-transparence-reunion-du-7-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2831410</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2016</t>
+  </si>
+  <si>
+    <t>23/11/2016 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725162/fr/commission-de-la-transparence-reunion-du-30-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2725162</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
+  </si>
+  <si>
+    <t>14/10/2015 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563061/fr/commission-de-la-transparence-reunion-du-21-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2563061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 03 septembre 2014</t>
+  </si>
+  <si>
+    <t>27/08/2014 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760195/fr/commission-de-la-transparence-reunion-du-03-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1760195</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 octobre 2013</t>
+  </si>
+  <si>
+    <t>02/10/2013 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649658/fr/commission-de-la-transparence-reunion-du-2-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1649658</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité FOSRENOL par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>19/10/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104210/fr/commission-de-la-transparence-reunion-du-19-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1104210</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 juin 2010</t>
+  </si>
+  <si>
+    <t>02/06/2010 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_955315/fr/commission-de-la-transparence-reunion-du-2-juin-2010</t>
+  </si>
+  <si>
+    <t>c_955315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 mars 2010</t>
+  </si>
+  <si>
+    <t>10/03/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930040/fr/commission-de-la-transparence-reunion-du-10-mars-2010</t>
+  </si>
+  <si>
+    <t>c_930040</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0043/DC/SEM du 14 mars 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du misoprostol dans le cadre d’une recommandation temporaire d’utilisation (prise en charge des interruptions médicales de grossesse et des cas de morts foetales in utero)</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de GYMISO et de MISOONE (misoprostol) dans le cadre d’une recommandation temporaire d’utilisation, dans les indications « Prise en charge des interruptions médicales de grossesses (IMG) et des cas de morts foetales in utero (MFIU) au-delà de 14 SA, en association à la mifépristone », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>14/03/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>28/03/2018 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839089/fr/decision-n-2018-0043/dc/sem-du-14-mars-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-misoprostol-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-prise-en-charge-des-interruptions-medicales-de-grossesse-et-des-cas-de-morts-foetales-in-utero</t>
+  </si>
+  <si>
+    <t>c_2839089</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0042/DC/SEM du 14 mars 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du misoprostol dans le cadre d’une recommandation temporaire d’utilisation (prise en charge des fausses couches précoces)</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de GYMISO et de MISOONE (misoprostol) dans le cadre d’une recommandation temporaire d’utilisation, dans les indications « Prise en charge des fausses couches précoces du premier trimestre (avant 14 SA) en cas de grossesses arrêtées. Si l’expulsion est incomplète, une prise en charge chirurgicale complémentaire est à proposer», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839097/fr/decision-n-2018-0042/dc/sem-du-14-mars-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-misoprostol-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-prise-en-charge-des-fausses-couches-precoces</t>
+  </si>
+  <si>
+    <t>c_2839097</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Réponses rapides dans le cadre du COVID-19 -Téléconsultation et télésoin</t>
+  </si>
+  <si>
+    <t>[24/11/2020] La HAS propose, dans cette fiche, des réponses rapides aux professionnels qui mettent en œuvre la téléconsultation et le télésoin, dans le cadre de l’épidémie de Covid-19.</t>
+  </si>
+  <si>
+    <t>02/04/2020 21:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168867/fr/reponses-rapides-dans-le-cadre-du-covid-19-teleconsultation-et-telesoin</t>
+  </si>
+  <si>
+    <t>p_3168867</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme : guide d’analyse et d’amélioration des pratiques</t>
+  </si>
+  <si>
+    <t>Ce document entend apporter une aide concrète pour améliorer la pertinence des césariennes programmées et diminuer les disparités de pratique.</t>
+  </si>
+  <si>
+    <t>08/04/2013 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294171/fr/cesarienne-programmee-a-terme-guide-d-analyse-et-d-amelioration-des-pratiques</t>
+  </si>
+  <si>
+    <t>c_1294171</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>GYMISO (misoprostol)</t>
   </si>
   <si>
     <t>09/09/2024 16:55:21</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985837/en/gymiso-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985837/fr/gymiso-misoprostol</t>
   </si>
   <si>
     <t>pprd_2985837</t>
   </si>
   <si>
     <t>misoprostol</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399941/en/gymiso-200-microgrammes-misoprostol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984869/en/misoone</t>
+    <t>https://www.has-sante.fr/jcms/c_399941/fr/gymiso-200-microgrammes-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400310/fr/gymiso-200-microgrammes-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285514/fr/gymiso-misoone-misoprostol-/-mifegyne-mifepristone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285578/fr/gymiso-misoone-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538951/fr/gymiso-misoprostol-interruption-medicale-de-grossesse</t>
+  </si>
+  <si>
+    <t>MISOONE (misoprostol)</t>
+  </si>
+  <si>
+    <t>21/09/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984869/fr/misoone-misoprostol</t>
   </si>
   <si>
     <t>pprd_2984869</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1701297/en/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3190783/en/misoone</t>
+    <t>https://www.has-sante.fr/jcms/c_1701297/fr/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190783/fr/misoone-misoprostol</t>
   </si>
   <si>
     <t>ANGUSTA (misoprostol)</t>
   </si>
   <si>
-    <t>07/09/2018 15:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983194/en/angusta-misoprostol</t>
+    <t>09/07/2018 15:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983194/fr/angusta-misoprostol</t>
   </si>
   <si>
     <t>pprd_2983194</t>
   </si>
   <si>
     <t>PHARMA BLUE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2862078/en/angusta-25-g-misoprostol-oral-route-uterotonic</t>
+    <t>https://www.has-sante.fr/jcms/c_2862078/fr/angusta-25-g-misoprostol-par-voie-orale-uterotonique</t>
   </si>
   <si>
     <t>MISODEL (misoprostol)</t>
   </si>
   <si>
-    <t>01/06/2017 14:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983766/en/misodel-misoprostol</t>
+    <t>06/01/2017 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983766/fr/misodel-misoprostol</t>
   </si>
   <si>
     <t>pprd_2983766</t>
   </si>
   <si>
     <t>FERRING SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2008308/en/misodel-misoprostol-uterotonic-prostaglandin</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984328/en/cytotec-n/r/-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/c_2008308/fr/misodel-misoprostol-prostaglandine-uterotonique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735297/fr/misodel-misoprostol</t>
+  </si>
+  <si>
+    <t>CYTOTEC (misoprostol)</t>
+  </si>
+  <si>
+    <t>14/03/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984328/fr/cytotec-misoprostol</t>
   </si>
   <si>
     <t>pprd_2984328</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400778/en/cytotec-misoprostol</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572133/en/cytotec-misoprostol-prostaglandin</t>
+    <t>https://www.has-sante.fr/jcms/c_400778/fr/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121561/fr/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572133/fr/cytotec-misoprostol-prostaglandine</t>
+  </si>
+  <si>
+    <t>ARTOTEC (misoprostol/ diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>24/06/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984500/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984500</t>
+  </si>
+  <si>
+    <t>misoprostol,diclofénac sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400763/fr/artotec-75-mg/0-2-mg-comprime-b/20-code-cip-352-654-7-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958811/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727808/fr/artotec-50-mg/0-2-mg-et-75-mg/0-2-mg-diclofenac-sodique-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040748/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme : retours d’expérience</t>
+  </si>
+  <si>
+    <t>165 équipes d’obstétrique volontaires, soit un tiers des maternités, se sont engagées dans la mise en œuvre d'un programme d’optimisation de la pertinence de la césarienne programmée à terme. Les retours d’expérience décrivent les démarches et partagent les outils utilisés. Ils comprennent les témoignages sur les facteurs de succès et les difficultés rencontrées dans la conduite de projet et la mise en œuvre des recommandations.</t>
+  </si>
+  <si>
+    <t>02/04/2014 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726027/fr/cesarienne-programmee-a-terme-retours-d-experience</t>
+  </si>
+  <si>
+    <t>c_1726027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
         <v>26</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>338</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>339</v>
       </c>
       <c r="C2" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>340</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>341</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>342</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>338</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>343</v>
       </c>
       <c r="C3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>346</v>
+      </c>
+      <c r="H3" t="s">
+        <v>347</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>35</v>
       </c>
-      <c r="D3" t="s">
+      <c r="B2" t="s">
         <v>36</v>
       </c>
-      <c r="E3" t="s">
+      <c r="C2" t="s">
         <v>37</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="D2" t="s">
         <v>38</v>
       </c>
-      <c r="H3" t="s">
+      <c r="E2" t="s">
         <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O6"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
         <v>43</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>44</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
         <v>48</v>
-      </c>
-[...16 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="E3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="H3" t="s">
-        <v>58</v>
-[...17 lines deleted...]
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="E4" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="H4" t="s">
-        <v>64</v>
-[...8 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="E5" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H5" t="s">
-        <v>70</v>
-[...11 lines deleted...]
-        <v>73</v>
+        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s">
+        <v>66</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>68</v>
+      </c>
+      <c r="H6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
         <v>74</v>
       </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>67</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>90</v>
+      </c>
+      <c r="H12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>67</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>93</v>
+      </c>
+      <c r="H13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" t="s">
+        <v>67</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>101</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>105</v>
+      </c>
+      <c r="D16" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" t="s">
+        <v>106</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>107</v>
+      </c>
+      <c r="H16" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>110</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>112</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>113</v>
+      </c>
+      <c r="H17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>117</v>
+      </c>
+      <c r="H18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>120</v>
+      </c>
+      <c r="D19" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" t="s">
+        <v>122</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>123</v>
+      </c>
+      <c r="H19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D20" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" t="s">
+        <v>127</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>128</v>
+      </c>
+      <c r="H20" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D21" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" t="s">
+        <v>132</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>133</v>
+      </c>
+      <c r="H21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B22" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" t="s">
+        <v>136</v>
+      </c>
+      <c r="D22" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" t="s">
+        <v>138</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>139</v>
+      </c>
+      <c r="H22" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>142</v>
+      </c>
+      <c r="D23" t="s">
+        <v>143</v>
+      </c>
+      <c r="E23" t="s">
+        <v>144</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>145</v>
+      </c>
+      <c r="H23" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>42</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>148</v>
+      </c>
+      <c r="D24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E24" t="s">
+        <v>150</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>151</v>
+      </c>
+      <c r="H24" t="s">
+        <v>152</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H2" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D3" t="s">
+        <v>161</v>
+      </c>
+      <c r="E3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>163</v>
+      </c>
+      <c r="H3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>153</v>
+      </c>
+      <c r="B4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C4" t="s">
+        <v>166</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>167</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>168</v>
+      </c>
+      <c r="H4" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>153</v>
+      </c>
+      <c r="B5" t="s">
+        <v>170</v>
+      </c>
+      <c r="C5" t="s">
+        <v>171</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>172</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>173</v>
+      </c>
+      <c r="H5" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>153</v>
+      </c>
+      <c r="B6" t="s">
+        <v>175</v>
+      </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>176</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="E6" t="s">
-        <v>75</v>
+        <v>178</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>76</v>
+        <v>179</v>
       </c>
       <c r="H6" t="s">
-        <v>77</v>
+        <v>180</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B2" t="s">
+        <v>182</v>
+      </c>
+      <c r="C2" t="s">
+        <v>183</v>
+      </c>
+      <c r="D2" t="s">
+        <v>184</v>
+      </c>
+      <c r="E2" t="s">
+        <v>185</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>186</v>
+      </c>
+      <c r="H2" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C3" t="s">
+        <v>189</v>
+      </c>
+      <c r="D3" t="s">
+        <v>190</v>
+      </c>
+      <c r="E3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>192</v>
+      </c>
+      <c r="H3" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C4" t="s">
+        <v>194</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>195</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>196</v>
+      </c>
+      <c r="H4" t="s">
+        <v>197</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>199</v>
+      </c>
+      <c r="B2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>201</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>202</v>
+      </c>
+      <c r="H2" t="s">
+        <v>203</v>
+      </c>
+      <c r="I2" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>207</v>
+      </c>
+      <c r="H3" t="s">
+        <v>208</v>
+      </c>
+      <c r="I3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>210</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>211</v>
+      </c>
+      <c r="H4" t="s">
+        <v>212</v>
+      </c>
+      <c r="I4" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>199</v>
+      </c>
+      <c r="B5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H5" t="s">
+        <v>216</v>
+      </c>
+      <c r="I5" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B6" t="s">
+        <v>217</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>218</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>219</v>
+      </c>
+      <c r="H6" t="s">
+        <v>220</v>
       </c>
       <c r="I6" t="s">
-        <v>48</v>
+        <v>204</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>199</v>
+      </c>
+      <c r="B7" t="s">
+        <v>221</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>222</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>223</v>
+      </c>
+      <c r="H7" t="s">
+        <v>224</v>
+      </c>
+      <c r="I7" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>199</v>
+      </c>
+      <c r="B8" t="s">
+        <v>225</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>226</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>227</v>
+      </c>
+      <c r="H8" t="s">
+        <v>228</v>
+      </c>
+      <c r="I8" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>199</v>
+      </c>
+      <c r="B9" t="s">
+        <v>229</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>230</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>231</v>
+      </c>
+      <c r="H9" t="s">
+        <v>232</v>
+      </c>
+      <c r="I9" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>199</v>
+      </c>
+      <c r="B10" t="s">
+        <v>233</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>234</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>235</v>
+      </c>
+      <c r="H10" t="s">
+        <v>236</v>
+      </c>
+      <c r="I10" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>199</v>
+      </c>
+      <c r="B11" t="s">
+        <v>237</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>238</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>239</v>
+      </c>
+      <c r="H11" t="s">
+        <v>240</v>
+      </c>
+      <c r="I11" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>199</v>
+      </c>
+      <c r="B12" t="s">
+        <v>241</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>242</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>243</v>
+      </c>
+      <c r="H12" t="s">
+        <v>244</v>
+      </c>
+      <c r="I12" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>199</v>
+      </c>
+      <c r="B13" t="s">
+        <v>245</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>246</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>247</v>
+      </c>
+      <c r="H13" t="s">
+        <v>248</v>
+      </c>
+      <c r="I13" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>199</v>
+      </c>
+      <c r="B14" t="s">
+        <v>249</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>250</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>251</v>
+      </c>
+      <c r="H14" t="s">
+        <v>252</v>
+      </c>
+      <c r="I14" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>199</v>
+      </c>
+      <c r="B15" t="s">
+        <v>253</v>
+      </c>
+      <c r="C15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>255</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>256</v>
+      </c>
+      <c r="H15" t="s">
+        <v>257</v>
+      </c>
+      <c r="I15" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>199</v>
+      </c>
+      <c r="B16" t="s">
+        <v>258</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>259</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>260</v>
+      </c>
+      <c r="H16" t="s">
+        <v>261</v>
+      </c>
+      <c r="I16" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>199</v>
+      </c>
+      <c r="B17" t="s">
+        <v>262</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>263</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>264</v>
+      </c>
+      <c r="H17" t="s">
+        <v>265</v>
+      </c>
+      <c r="I17" t="s">
+        <v>204</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C2" t="s">
+        <v>268</v>
+      </c>
+      <c r="D2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E2" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>271</v>
+      </c>
+      <c r="H2" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B3" t="s">
+        <v>273</v>
+      </c>
+      <c r="C3" t="s">
+        <v>274</v>
+      </c>
+      <c r="D3" t="s">
+        <v>269</v>
+      </c>
+      <c r="E3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>275</v>
+      </c>
+      <c r="H3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>277</v>
+      </c>
+      <c r="B2" t="s">
+        <v>278</v>
+      </c>
+      <c r="C2" t="s">
+        <v>279</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>280</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>281</v>
+      </c>
+      <c r="H2" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C3" t="s">
+        <v>284</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>286</v>
+      </c>
+      <c r="H3" t="s">
+        <v>287</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>288</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B2" t="s">
+        <v>291</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>292</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>293</v>
+      </c>
+      <c r="H2" t="s">
+        <v>294</v>
+      </c>
+      <c r="I2" t="s">
+        <v>295</v>
+      </c>
+      <c r="J2" t="s">
+        <v>296</v>
+      </c>
+      <c r="K2" t="s">
+        <v>297</v>
+      </c>
+      <c r="L2" t="s">
+        <v>298</v>
+      </c>
+      <c r="M2" t="s">
+        <v>299</v>
+      </c>
+      <c r="N2" t="s">
+        <v>300</v>
+      </c>
+      <c r="O2" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>303</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>304</v>
+      </c>
+      <c r="H3" t="s">
+        <v>305</v>
+      </c>
+      <c r="I3" t="s">
+        <v>295</v>
+      </c>
+      <c r="J3" t="s">
+        <v>296</v>
+      </c>
+      <c r="K3" t="s">
+        <v>306</v>
+      </c>
+      <c r="L3" t="s">
+        <v>307</v>
+      </c>
+      <c r="M3" t="s">
+        <v>299</v>
+      </c>
+      <c r="N3" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>290</v>
+      </c>
+      <c r="B4" t="s">
+        <v>308</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>309</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>310</v>
+      </c>
+      <c r="H4" t="s">
+        <v>311</v>
+      </c>
+      <c r="I4" t="s">
+        <v>295</v>
+      </c>
+      <c r="J4" t="s">
+        <v>312</v>
+      </c>
+      <c r="K4" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>290</v>
+      </c>
+      <c r="B5" t="s">
+        <v>314</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>315</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>316</v>
+      </c>
+      <c r="H5" t="s">
+        <v>317</v>
+      </c>
+      <c r="I5" t="s">
+        <v>295</v>
+      </c>
+      <c r="J5" t="s">
+        <v>318</v>
+      </c>
+      <c r="K5" t="s">
+        <v>319</v>
+      </c>
+      <c r="L5" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>290</v>
+      </c>
+      <c r="B6" t="s">
+        <v>321</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>322</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>323</v>
+      </c>
+      <c r="H6" t="s">
+        <v>324</v>
+      </c>
+      <c r="I6" t="s">
+        <v>295</v>
       </c>
       <c r="J6" t="s">
-        <v>78</v>
+        <v>325</v>
       </c>
       <c r="K6" t="s">
-        <v>79</v>
+        <v>326</v>
       </c>
       <c r="L6" t="s">
-        <v>80</v>
+        <v>327</v>
       </c>
       <c r="M6" t="s">
-        <v>81</v>
+        <v>328</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>290</v>
+      </c>
+      <c r="B7" t="s">
+        <v>329</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>330</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>331</v>
+      </c>
+      <c r="H7" t="s">
+        <v>332</v>
+      </c>
+      <c r="I7" t="s">
+        <v>333</v>
+      </c>
+      <c r="J7" t="s">
+        <v>325</v>
+      </c>
+      <c r="K7" t="s">
+        <v>334</v>
+      </c>
+      <c r="L7" t="s">
+        <v>335</v>
+      </c>
+      <c r="M7" t="s">
+        <v>336</v>
+      </c>
+      <c r="N7" t="s">
+        <v>337</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>