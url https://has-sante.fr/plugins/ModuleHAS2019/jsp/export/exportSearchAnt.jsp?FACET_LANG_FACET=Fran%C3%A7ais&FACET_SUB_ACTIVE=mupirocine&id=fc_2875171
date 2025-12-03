--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,553 +1,268 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>27/08/2021 12:16:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
-  </si>
-[...199 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2752329/fr/bactroban-mupirocine-calcique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -575,942 +290,289 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>41</v>
       </c>
-      <c r="C10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H11" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H12" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      <c r="B13" t="s">
         <v>52</v>
-      </c>
-[...354 lines deleted...]
-        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...287 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>