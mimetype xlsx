--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,268 +1,538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="140">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prévention des infections liées aux cathéters veineux périphériques</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations professionnelles est de prévenir les infections liées aux cathéters veineux périphériques. Les recommandations abordent les points suivants : Choix du cathéter Pose du cathéter Utilisation du cathéter Entretien du cathéter Surveillance Formation, évaluation</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272482/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_272482</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>15/12/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240671/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_240671</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MUPIDERM (mupirocine)</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982925/fr/mupiderm-mupirocine</t>
+  </si>
+  <si>
+    <t>pprd_2982925</t>
+  </si>
+  <si>
+    <t>mupirocine</t>
+  </si>
+  <si>
+    <t>ALMIRALL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722943/fr/mupiderm-mupirocine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768786/fr/mupiderm-mupirocine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894929/fr/mupiderm-mupirocine</t>
+  </si>
+  <si>
+    <t>BACTROBAN (mupirocine calcique)</t>
+  </si>
+  <si>
+    <t>23/03/2017 16:51:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983680/fr/bactroban-mupirocine-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2983680</t>
+  </si>
+  <si>
+    <t>mupirocine calcique</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459735/fr/bactroban-mupirocine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221576/fr/bactroban-mupirocine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752329/fr/bactroban-mupirocine-calcique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -290,289 +560,916 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>32</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9" t="s">
         <v>40</v>
-      </c>
-[...16 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" t="s">
         <v>44</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>46</v>
+      </c>
+      <c r="H11" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>50</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>51</v>
       </c>
-      <c r="H12" t="s">
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
         <v>52</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>53</v>
+      </c>
+      <c r="H13" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>56</v>
+      </c>
+      <c r="H14" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>59</v>
+      </c>
+      <c r="H15" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>62</v>
+      </c>
+      <c r="H16" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>65</v>
+      </c>
+      <c r="H17" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>68</v>
+      </c>
+      <c r="H18" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>71</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>72</v>
+      </c>
+      <c r="H19" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>76</v>
+      </c>
+      <c r="H20" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>78</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>49</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>79</v>
+      </c>
+      <c r="H21" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>81</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>82</v>
+      </c>
+      <c r="H22" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>84</v>
+      </c>
+      <c r="C23" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" t="s">
+        <v>87</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>88</v>
+      </c>
+      <c r="H23" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" t="s">
+        <v>92</v>
+      </c>
+      <c r="E24" t="s">
+        <v>93</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>94</v>
+      </c>
+      <c r="H24" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" t="s">
+        <v>98</v>
+      </c>
+      <c r="E25" t="s">
+        <v>99</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>100</v>
+      </c>
+      <c r="H25" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>102</v>
+      </c>
+      <c r="C26" t="s">
+        <v>103</v>
+      </c>
+      <c r="D26" t="s">
+        <v>104</v>
+      </c>
+      <c r="E26" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>106</v>
+      </c>
+      <c r="H26" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" t="s">
+        <v>113</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>118</v>
+      </c>
+      <c r="J1" t="s">
+        <v>119</v>
+      </c>
+      <c r="K1" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>124</v>
+      </c>
+      <c r="H2" t="s">
+        <v>125</v>
+      </c>
+      <c r="I2" t="s">
+        <v>126</v>
+      </c>
+      <c r="J2" t="s">
+        <v>127</v>
+      </c>
+      <c r="K2" t="s">
+        <v>128</v>
+      </c>
+      <c r="L2" t="s">
+        <v>129</v>
+      </c>
+      <c r="M2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>133</v>
+      </c>
+      <c r="H3" t="s">
+        <v>134</v>
+      </c>
+      <c r="I3" t="s">
+        <v>135</v>
+      </c>
+      <c r="J3" t="s">
+        <v>136</v>
+      </c>
+      <c r="K3" t="s">
+        <v>137</v>
+      </c>
+      <c r="L3" t="s">
+        <v>138</v>
+      </c>
+      <c r="M3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>