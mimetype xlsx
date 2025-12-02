--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,341 +1,976 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>11/09/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104426/fr/commission-de-la-transparence-reunion-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3104426</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2019</t>
+  </si>
+  <si>
+    <t>16/01/2019 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898177/fr/commission-de-la-transparence-reunion-du-23-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2898177</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 mars 2010</t>
+  </si>
+  <si>
+    <t>31/03/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938329/fr/commission-de-la-transparence-reunion-du-31-mars-2010</t>
+  </si>
+  <si>
+    <t>c_938329</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PRAXILENE (naftidrofuryl)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984542/en/praxilene-naftidrofuryl</t>
+    <t>11/10/2019 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984542/fr/praxilene-naftidrofuryl</t>
   </si>
   <si>
     <t>pprd_2984542</t>
   </si>
   <si>
     <t>naftidrofuryl</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400064/en/praxilene-100-mg-gelules-boite-de-20-praxilene-200-mg-comprimes-pellicules-boites-de-20-et-90</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3112654/en/praxilene-naftidrofuryl</t>
+    <t>https://www.has-sante.fr/jcms/c_400064/fr/praxilene-100-mg-gelules-boite-de-20-praxilene-200-mg-comprimes-pellicules-boites-de-20-et-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400723/fr/praxilene-100-mg-gelule-boite-de-20-code-cip-332-879-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451709/fr/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944577/fr/praxilene-gevatran-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031578/fr/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112654/fr/praxilene-naftidrofuryl</t>
   </si>
   <si>
     <t>NAFTILUX (naftidrofuryl (hydrogénooxalate de))</t>
   </si>
   <si>
-    <t>05/17/2019 12:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982894/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+    <t>17/05/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982894/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
   </si>
   <si>
     <t>pprd_2982894</t>
   </si>
   <si>
     <t>naftidrofuryl (hydrogénooxalate de)</t>
   </si>
   <si>
     <t>THERABEL LUCIEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_449333/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2900186/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_449333/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618052/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198187/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900186/fr/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>DI ACTANE (naftidrofuryl (oxalate de))</t>
+  </si>
+  <si>
+    <t>05/12/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985407/fr/di-actane-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985407</t>
+  </si>
+  <si>
+    <t>naftidrofuryl (oxalate de)</t>
+  </si>
+  <si>
+    <t>Laboratoires MENARINI FRANCE SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438038/fr/di-actane-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618891/fr/di-actane-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>GEVATRAN (naftidrofuryl (oxalate de))</t>
+  </si>
+  <si>
+    <t>05/12/2007 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985411/fr/gevatran-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985411</t>
+  </si>
+  <si>
+    <t>Laboratoires MERCK LIPHA SANTE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400058/fr/gevatran-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_448898/fr/gevatran-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618856/fr/gevatran-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>NAFTIDROFURYL (naftidrofuryl (oxalate de))</t>
+  </si>
+  <si>
+    <t>31/05/2006 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985553/fr/naftidrofuryl-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985553</t>
+  </si>
+  <si>
+    <t>BIOGARAN/ MERCK GENERIQUES/ QUALIMED/ RPG - RANBAXY PHARMACIE GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449302/fr/naftidrofuryl-biogaran-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449307/fr/naftidrofuryl-merck-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449317/fr/naftidrofuryl-qualimed-naftidrofuryl-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449328/fr/naftidrofuryl-ranbaxy-naftidrofuryl-oxalate-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P3"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...31 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>25</v>
       </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="H3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>28</v>
       </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>46</v>
+      </c>
+      <c r="J1" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
+      </c>
+      <c r="I2" t="s">
+        <v>54</v>
+      </c>
+      <c r="J2" t="s">
+        <v>55</v>
+      </c>
+      <c r="K2" t="s">
+        <v>56</v>
+      </c>
+      <c r="L2" t="s">
+        <v>57</v>
+      </c>
+      <c r="M2" t="s">
+        <v>58</v>
+      </c>
+      <c r="N2" t="s">
+        <v>59</v>
+      </c>
+      <c r="O2" t="s">
+        <v>60</v>
+      </c>
+      <c r="P2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>64</v>
+      </c>
+      <c r="H3" t="s">
+        <v>65</v>
+      </c>
       <c r="I3" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="N3" t="s">
-        <v>34</v>
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I4" t="s">
+        <v>76</v>
+      </c>
+      <c r="J4" t="s">
+        <v>77</v>
+      </c>
+      <c r="K4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>82</v>
+      </c>
+      <c r="H5" t="s">
+        <v>83</v>
+      </c>
+      <c r="I5" t="s">
+        <v>76</v>
+      </c>
+      <c r="J5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K5" t="s">
+        <v>85</v>
+      </c>
+      <c r="L5" t="s">
+        <v>86</v>
+      </c>
+      <c r="M5" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>89</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>90</v>
+      </c>
+      <c r="H6" t="s">
+        <v>91</v>
+      </c>
+      <c r="I6" t="s">
+        <v>76</v>
+      </c>
+      <c r="J6" t="s">
+        <v>92</v>
+      </c>
+      <c r="K6" t="s">
+        <v>93</v>
+      </c>
+      <c r="L6" t="s">
+        <v>94</v>
+      </c>
+      <c r="M6" t="s">
+        <v>95</v>
+      </c>
+      <c r="N6" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>