--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -1,80 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
-    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="721" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="745" uniqueCount="428">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -971,50 +974,68 @@
   <si>
     <t>c_2028188</t>
   </si>
   <si>
     <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
   </si>
   <si>
     <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
   </si>
   <si>
     <t>24/07/2013 00:00:00</t>
   </si>
   <si>
     <t>14/10/2013 11:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
   </si>
   <si>
     <t>c_1650525</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
     <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
   </si>
   <si>
     <t>09/07/2024 00:00:00</t>
   </si>
   <si>
     <t>26/08/2024 10:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3357728</t>
   </si>
   <si>
     <t>Évaluation des sondes de défibrillation cardiaque</t>
   </si>
   <si>
     <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
@@ -1206,50 +1227,71 @@
     <t>https://www.has-sante.fr/jcms/c_1720546/fr/cnedimts-reunion-du-28-janvier-2014</t>
   </si>
   <si>
     <t>c_1720546</t>
   </si>
   <si>
     <t>CNEDiMTS - Réunion du 3 décembre 2013</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1701881/fr/cnedimts-reunion-du-3-decembre-2013</t>
   </si>
   <si>
     <t>c_1701881</t>
   </si>
   <si>
     <t>CNEDiMTS - Réunion du 11 juin 2013</t>
   </si>
   <si>
     <t>31/07/2013 15:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1647053/fr/cnedimts-reunion-du-11-juin-2013</t>
   </si>
   <si>
     <t>c_1647053</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0060/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la pose d’une coiffe pédodontique préformée</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:06:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784823/fr/avis-n2025-0060/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-pose-d-une-coiffe-pedodontique-preformee</t>
+  </si>
+  <si>
+    <t>p_3784823</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
   </si>
   <si>
     <t>La HAS débute un projet de développement d’un nouvel outil pour l'analyse des verbatim de patients issus des enquêtes nationales e-Satis. Il sera mis à disposition de tous les établissements de santé participant au dispositif national e-Satis afin qu’ils puissent analyser les commentaires libres de leurs patients. La note de cadrage de ce nouveau projet est diffusée sur le site de la HAS.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>16/03/2023 15:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390248/fr/iqss-developpement-d-un-outil-d-analyse-des-verbatim-de-patients-issus-d-e-satis</t>
   </si>
   <si>
     <t>p_3390248</t>
   </si>
   <si>
     <t>Analyse nationale des commentaires des patients recueillis dans le cadre du dispositif e-Satis</t>
   </si>
@@ -1320,51 +1362,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J42"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -3089,51 +3131,51 @@
       </c>
       <c r="D3" t="s">
         <v>308</v>
       </c>
       <c r="E3" t="s">
         <v>309</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>310</v>
       </c>
       <c r="H3" t="s">
         <v>311</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3314,477 +3356,569 @@
       </c>
       <c r="E8" t="s">
         <v>352</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>353</v>
       </c>
       <c r="H8" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>312</v>
       </c>
       <c r="B9" t="s">
         <v>355</v>
       </c>
       <c r="C9" t="s">
         <v>356</v>
       </c>
       <c r="D9" t="s">
-        <v>186</v>
+        <v>357</v>
       </c>
       <c r="E9" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H9" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>312</v>
       </c>
       <c r="B10" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C10" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D10" t="s">
-        <v>362</v>
+        <v>186</v>
       </c>
       <c r="E10" t="s">
         <v>363</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>364</v>
       </c>
       <c r="H10" t="s">
         <v>365</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>312</v>
+      </c>
+      <c r="B11" t="s">
+        <v>366</v>
+      </c>
+      <c r="C11" t="s">
+        <v>367</v>
+      </c>
+      <c r="D11" t="s">
+        <v>368</v>
+      </c>
+      <c r="E11" t="s">
+        <v>369</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>370</v>
+      </c>
+      <c r="H11" t="s">
+        <v>371</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B2" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="H2" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="I2" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B3" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="H3" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="I3" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B4" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>384</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>385</v>
+      </c>
+      <c r="H4" t="s">
+        <v>386</v>
+      </c>
+      <c r="I4" t="s">
         <v>378</v>
-      </c>
-[...10 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B5" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="H5" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="I5" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B6" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>141</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="H6" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="I6" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B7" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="H7" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="I7" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>398</v>
+      </c>
+      <c r="B2" t="s">
+        <v>399</v>
+      </c>
+      <c r="C2" t="s">
+        <v>400</v>
+      </c>
+      <c r="D2" t="s">
+        <v>401</v>
+      </c>
+      <c r="E2" t="s">
+        <v>402</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>403</v>
+      </c>
+      <c r="H2" t="s">
+        <v>404</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="B2" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
       <c r="C2" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="D2" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="E2" t="s">
-        <v>396</v>
+        <v>409</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="H2" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="B3" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="C3" t="s">
-        <v>400</v>
+        <v>413</v>
       </c>
       <c r="D3" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="E3" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="H3" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
       <c r="B2" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="H2" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="I2" t="s">
-        <v>412</v>
+        <v>425</v>
       </c>
       <c r="J2" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="K2" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>