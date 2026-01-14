--- v0 (2025-10-21)
+++ v1 (2026-01-14)
@@ -1,984 +1,345 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of BCR-ABL fusion gene testing or quantification using RT-PCR in the diagnosis and therapeutic follow-up of chronic myeloid leukaemias and acute lymphoblastic leukaemias - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The BCR-ABL fusion gene, also called the Philadelphia gene or chromosome Ph1, is the result of a reciprocal translocation between chromosomes 9 and 22. The BCR-ABL fusion gene codes for a fusion protein with a deregulated tyrosine kinase activity, which activates various mechanisms involved in cell multiplication. The BCR-ABL fusion gene is present in all chronic myeloid leukaemias (CML), 3 to 5% of acute lymphoblastic leukaemias (ALL) in children and between 15 to 30% of ALL in adults. Therefore, routine testing is done when CML or ALL is suspected. The BCR-ABL fusion gene is evidenced by cytogenetics (karyotype), molecular cytogenetics (FISH), or by RT-PCR. BCR-ABL fusion transcript can also be quantified by quantitative PCR (RT-qPCR). Currently, only BCR-ABL fusion gene testing is included in the list of the laboratory medicine procedures reimbursement by the health insurance system in France (NABM). BCR-ABL transcript testing by molecular biology is included in the additional list of laboratory medicine and anatomo-cytopathology procedures outside of the nomenclature</t>
+  </si>
+  <si>
+    <t>11/08/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/13/2017 11:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/07/2025 17:21:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
+    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...143 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>TASIGNA (nilotinib)</t>
   </si>
   <si>
     <t>12/12/2018 11:41:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983035/fr/tasigna-nilotinib</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983035/en/tasigna-nilotinib</t>
   </si>
   <si>
     <t>pprd_2983035</t>
   </si>
   <si>
     <t>nilotinib</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642561/fr/tasigna-nilotinib</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2883466/fr/tasigna-nilotinib</t>
+    <t>https://www.has-sante.fr/jcms/c_642561/en/tasigna</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050851/en/tasigna</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853363/en/tasigna-nilotinib-tyrosine-kinase-inhibitor-itk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883466/en/tasigna-nilotinib</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...434 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>